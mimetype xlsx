--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+    <t>total number of stems with two most important forms of damages</t>
   </si>
   <si>
-    <t>Höhenlage (200-m-Klassen) · Art der Baumschäden (13 Klassen)</t>
+    <t>altitude (in 200 m classes) · type of damage to trees (13 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,335 +172,335 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Höhenlage (200-m-Klassen)</t>
+    <t>altitude (in 200 m classes)</t>
   </si>
   <si>
-    <t>Art der Baumschäden (13 Klassen)</t>
+    <t>type of damage to trees (13 classes)</t>
   </si>
   <si>
-    <t>Stk./ha</t>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein sichtbarer Schaden</t>
+    <t>no visible damage</t>
   </si>
   <si>
-    <t>freigelegter Holzkörper</t>
+    <t>exposed wood core</t>
   </si>
   <si>
-    <t>Riss, Leiste</t>
+    <t>crack, woundwood rib</t>
   </si>
   <si>
-    <t>Schaftbruch</t>
+    <t>stem breakage</t>
   </si>
   <si>
-    <t>Kronenverlichtung &gt;50%</t>
+    <t>defoliation &gt;50%</t>
   </si>
   <si>
-    <t>Krebs</t>
+    <t>canker</t>
   </si>
   <si>
-    <t>Rindennekrose</t>
+    <t>bark necrosis</t>
   </si>
   <si>
-    <t>Harzfluss</t>
+    <t>resinosis</t>
   </si>
   <si>
-    <t>Einschluss</t>
+    <t>inclusion</t>
   </si>
   <si>
-    <t>Gipfeldürre</t>
+    <t>stag-headedness</t>
   </si>
   <si>
-    <t>anderer Schaden</t>
+    <t>other type of damage</t>
   </si>
   <si>
-    <t>liegende lebende Bäume</t>
+    <t>lying living trees</t>
   </si>
   <si>
-    <t>tote Bäume</t>
+    <t>dead trees</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1267410/449160</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Anzahl lebende und tote Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) mit Schäden. Berücksichtigt werden nur die zwei wichtigsten Schäden an einem Baum. Da ein Baum mehrere Schäden aufweisen kann, kann er mehrmals zur Gesamtstammzahl mit den zwei wichtigsten Schäden beitragen.</t>
+    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (200-m-Klassen)</t>
+      <t xml:space="preserve">altitude (in 200 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 200 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Art der Baumschäden (13 Klassen)</t>
+      <t xml:space="preserve">type of damage to trees (13 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2667</t>
     </r>
   </si>
   <si>
-    <t>Schäden an Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) in 13 Klassen. Elf dieser Klassen beziehen sich ausschliesslich auf die stehenden lebenden Bäume und Sträucher ab 12 cm BHD, je eine Klasse bilden die liegenden lebenden (grünen) Bäume und Sträucher und die toten Bäume und Sträucher ab 12 cm BHD. Grundlage: Feldaufnahme (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Type of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in thirteen classes. Eleven of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm , and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -855,103 +855,103 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:54">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:54">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:54">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:54">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:54">
       <c r="A5" t="s">
@@ -25614,51 +25614,51 @@
         <v>40</v>
       </c>
       <c r="AZ162" s="7" t="s">
         <v>40</v>
       </c>
       <c r="BA162" s="7" t="s">
         <v>40</v>
       </c>
       <c r="BB162" s="7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="163" spans="1:54" customHeight="1" ht="21.75">
       <c r="A163" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1267410/449160</t>
           </r>
         </is>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3"/>
       <c r="K163" s="3"/>
       <c r="L163" s="3"/>
@@ -25696,226 +25696,226 @@
       <c r="AR163" s="3"/>
       <c r="AS163" s="3"/>
       <c r="AT163" s="3"/>
       <c r="AU163" s="3"/>
       <c r="AV163" s="3"/>
       <c r="AW163" s="3"/>
       <c r="AX163" s="3"/>
       <c r="AY163" s="3"/>
       <c r="AZ163" s="3"/>
       <c r="BA163" s="3"/>
       <c r="BB163" s="3"/>
     </row>
     <row r="166" spans="1:54">
       <c r="A166" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
+            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="167" spans="1:54" customHeight="1" ht="29">
       <c r="A167" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="169" spans="1:54">
       <c r="A169" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (200-m-Klassen)</t>
+            <t xml:space="preserve">altitude (in 200 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="170" spans="1:54" customHeight="1" ht="29">
       <c r="A170" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="172" spans="1:54">
       <c r="A172" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Art der Baumschäden (13 Klassen)</t>
+            <t xml:space="preserve">type of damage to trees (13 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2667</t>
           </r>
         </is>
       </c>
     </row>
     <row r="173" spans="1:54" customHeight="1" ht="29">
       <c r="A173" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="175" spans="1:54">
       <c r="A175" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="176" spans="1:54" customHeight="1" ht="29">
       <c r="A176" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="178" spans="1:54">
       <c r="A178" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="179" spans="1:54" customHeight="1" ht="29">
       <c r="A179" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="181" spans="1:54">
       <c r="A181" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="182" spans="1:54" customHeight="1" ht="29">
       <c r="A182" s="1" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>