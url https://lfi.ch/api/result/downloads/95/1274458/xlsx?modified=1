--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone · degree of mixture (terrestrial)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen · Mischungsgrad (terrestrisch)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>degree of mixture (terrestrial)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure conifer forest</t>
-[...17 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>Nadelwald rein</t>
+  </si>
+  <si>
+    <t>Nadelwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald rein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1274458/456208</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3371,51 +3371,51 @@
         <v>100.0</v>
       </c>
       <c r="AD36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE36" s="6">
         <v>100.0</v>
       </c>
       <c r="AF36" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1274458/456208</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3431,226 +3431,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>