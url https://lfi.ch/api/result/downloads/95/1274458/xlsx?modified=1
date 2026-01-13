--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen · Mischungsgrad (terrestrisch)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures · degré de mélange (terrestre)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>Mischungsgrad (terrestrisch)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
+  </si>
+  <si>
+    <t>degré de mélange (terrestre)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelwald rein</t>
-[...17 lines deleted...]
-    <t>Hochlagen</t>
+    <t>forêt résineuse pure</t>
+  </si>
+  <si>
+    <t>forêt résineuse mélangée</t>
+  </si>
+  <si>
+    <t>forêt feuillue mélangée</t>
+  </si>
+  <si>
+    <t>forêt feuillue pure</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1274458/456208</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+      <t xml:space="preserve">degré de mélange (terrestre)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
+    <t>Proportions des espèces ligneuses résineuses et feuillues, définies en quatre classes selon les proportions de surface terrière: résineux purs (91-100% résineux), résineux mélangés (51-90% résineux), feuillus mélangés (11-50% résineux), feuillus purs (0-10% résineux). Source: relevé de terrain (MID 265: Mischungsgrad).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,51 +774,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -3371,51 +3371,51 @@
         <v>100.0</v>
       </c>
       <c r="AD36" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE36" s="6">
         <v>100.0</v>
       </c>
       <c r="AF36" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1274458/456208</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3431,226 +3431,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+            <t xml:space="preserve">degré de mélange (terrestre)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>