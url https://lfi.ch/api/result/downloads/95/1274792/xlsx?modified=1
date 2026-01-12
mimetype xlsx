--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,406 +14,406 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Neigung (20%-Klassen) · Höhenlage (400-m-Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>pendenza (classi di 20%) · quota (classi di 400 m)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Höhenlage (400-m-Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>pendenza (classi di 20%)</t>
+  </si>
+  <si>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">601-1000 m </t>
+    <t>1001-1400 m</t>
+  </si>
+  <si>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>Total</t>
-[...2 lines deleted...]
-    <t>bis 20 %</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>fino al 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1274792/456542</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Neigung (20%-Klassen)</t>
+      <t xml:space="preserve">pendenza (classi di 20%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
+    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3645,270 +3645,270 @@
         <v>100.0</v>
       </c>
       <c r="N68" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O68" s="7">
         <v>100.0</v>
       </c>
       <c r="P68" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1274792/456542</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
       <c r="O69" s="3"/>
       <c r="P69" s="3"/>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Neigung (20%-Klassen)</t>
+            <t xml:space="preserve">pendenza (classi di 20%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:16" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:16" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:16" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:16" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>