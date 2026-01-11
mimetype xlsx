--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest without shrub forest - shrub forest · ownership (2 categories)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald, Gebüschwald · Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...36 lines deleted...]
-    <t>ownership (2 categories)</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald, Gebüschwald</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...11 lines deleted...]
-    <t>shrub forest</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1277620/459370</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
+      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,52 +744,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1693,270 +1693,270 @@
         <v>100.0</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O28" s="6">
         <v>100.0</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1277620/459370</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
+            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>