--- v0 (2025-12-04)
+++ v1 (2026-01-25)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica totale</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1278249/459999</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total basal area</t>
+      <t xml:space="preserve">area basimetrica totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di DPU. L'area basimetrica totale corrisponde alla somma dell'area basimetrica e l'area basimetrica del legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>32.9</v>
       </c>
       <c r="M16" s="6">
         <v>3</v>
       </c>
       <c r="N16" s="6">
         <v>34.0</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1278249/459999</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total basal area</t>
+            <t xml:space="preserve">area basimetrica totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>