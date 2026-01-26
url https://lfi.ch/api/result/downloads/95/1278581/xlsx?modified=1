--- v0 (2025-12-08)
+++ v1 (2026-01-26)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total basal area</t>
+    <t>surface terrière totale</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · conifers and broadleaves</t>
+    <t>étages de végétation NaiS (6 classes) · résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>région économique</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Ouest du Jura</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Est du Jura</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Ouest du Plateau</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Centre du Plateau</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Est du Plateau</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Ouest des Préalpes</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Centre des Préalpes</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Est des Préalpes</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Nord-ouest des Alpes</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Centre des Alpes</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Nord-est des Alpes</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Sud-ouest des Alpes</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Sud-est des Alpes</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud des Alpes</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
-    <t>conifers and broadleaves</t>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
+    <t>résineux</t>
   </si>
   <si>
-    <t>broadleaves</t>
+    <t>feuillus</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>subalpin supérieur</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>haut-montagnard</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>montagnard inférieur et supérieur</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontagnard</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>hyperinsubrique et collinéen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1278581/460331</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total basal area</t>
+      <t xml:space="preserve">surface terrière totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm DHP. La surface terrière totale est la somme de la surface terrière et de la surface terrière du bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -4924,51 +4924,51 @@
         <v>38.4</v>
       </c>
       <c r="AD52" s="6">
         <v>4</v>
       </c>
       <c r="AE52" s="6">
         <v>36.0</v>
       </c>
       <c r="AF52" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1278581/460331</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
@@ -4984,226 +4984,226 @@
       <c r="V53" s="3"/>
       <c r="W53" s="3"/>
       <c r="X53" s="3"/>
       <c r="Y53" s="3"/>
       <c r="Z53" s="3"/>
       <c r="AA53" s="3"/>
       <c r="AB53" s="3"/>
       <c r="AC53" s="3"/>
       <c r="AD53" s="3"/>
       <c r="AE53" s="3"/>
       <c r="AF53" s="3"/>
     </row>
     <row r="56" spans="1:32">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total basal area</t>
+            <t xml:space="preserve">surface terrière totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:32" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:32" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:32">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:32" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="65" spans="1:32">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:32" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="68" spans="1:32">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:32">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:32" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>