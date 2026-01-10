--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -12,420 +12,417 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
-[...7 lines deleted...]
-    <t>main tree species · tree state (living/dead)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gesamtstammzahl</t>
+  </si>
+  <si>
+    <t>Hauptbaumart · Baumzustand (lebend/tot)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>tree state (living/dead)</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
+  </si>
+  <si>
+    <t>Baumzustand (lebend/tot)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>living</t>
-[...44 lines deleted...]
-    <t>indeterminable</t>
+    <t>lebend</t>
+  </si>
+  <si>
+    <t>tot</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1279002/460752</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">Gesamtstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree state (living/dead)</t>
+      <t xml:space="preserve">Baumzustand (lebend/tot)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in lebende oder tote. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,51 +774,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -928,2845 +925,2845 @@
       </c>
       <c r="I12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C18" s="6">
         <v>18.6</v>
       </c>
       <c r="D18" s="6">
         <v>1.3</v>
       </c>
       <c r="E18" s="6">
         <v>27.0</v>
       </c>
       <c r="F18" s="6">
         <v>1.6</v>
       </c>
       <c r="G18" s="6">
         <v>36.9</v>
       </c>
       <c r="H18" s="6">
         <v>1.6</v>
       </c>
       <c r="I18" s="6">
         <v>43.4</v>
       </c>
       <c r="J18" s="6">
         <v>1.4</v>
       </c>
       <c r="K18" s="6">
         <v>15.4</v>
       </c>
       <c r="L18" s="6">
         <v>1.8</v>
       </c>
       <c r="M18" s="6">
         <v>31.2</v>
       </c>
       <c r="N18" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C19" s="6">
         <v>3.0</v>
       </c>
       <c r="D19" s="6">
         <v>0.4</v>
       </c>
       <c r="E19" s="6">
         <v>2.2</v>
       </c>
       <c r="F19" s="6">
         <v>0.3</v>
       </c>
       <c r="G19" s="6">
         <v>8.2</v>
       </c>
       <c r="H19" s="6">
         <v>0.8</v>
       </c>
       <c r="I19" s="6">
         <v>7.7</v>
       </c>
       <c r="J19" s="6">
         <v>0.5</v>
       </c>
       <c r="K19" s="6">
         <v>2.0</v>
       </c>
       <c r="L19" s="6">
         <v>0.4</v>
       </c>
       <c r="M19" s="6">
         <v>5.3</v>
       </c>
       <c r="N19" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20" s="6">
         <v>21.6</v>
       </c>
       <c r="D20" s="6">
         <v>1.4</v>
       </c>
       <c r="E20" s="6">
         <v>29.2</v>
       </c>
       <c r="F20" s="6">
         <v>1.7</v>
       </c>
       <c r="G20" s="6">
         <v>45.1</v>
       </c>
       <c r="H20" s="6">
         <v>1.8</v>
       </c>
       <c r="I20" s="6">
         <v>51.1</v>
       </c>
       <c r="J20" s="6">
         <v>1.5</v>
       </c>
       <c r="K20" s="6">
         <v>17.4</v>
       </c>
       <c r="L20" s="6">
         <v>2.0</v>
       </c>
       <c r="M20" s="6">
         <v>36.5</v>
       </c>
       <c r="N20" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C22" s="6">
         <v>18.8</v>
       </c>
       <c r="D22" s="6">
         <v>1.3</v>
       </c>
       <c r="E22" s="6">
         <v>13.6</v>
       </c>
       <c r="F22" s="6">
         <v>1.1</v>
       </c>
       <c r="G22" s="6">
         <v>16.7</v>
       </c>
       <c r="H22" s="6">
         <v>1.3</v>
       </c>
       <c r="I22" s="6">
         <v>4.0</v>
       </c>
       <c r="J22" s="6">
         <v>0.4</v>
       </c>
       <c r="K22" s="6">
         <v>2.2</v>
       </c>
       <c r="L22" s="6">
         <v>0.5</v>
       </c>
       <c r="M22" s="6">
         <v>10.4</v>
       </c>
       <c r="N22" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C23" s="6">
         <v>1.9</v>
       </c>
       <c r="D23" s="6">
         <v>0.3</v>
       </c>
       <c r="E23" s="6">
         <v>0.9</v>
       </c>
       <c r="F23" s="6">
         <v>0.1</v>
       </c>
       <c r="G23" s="6">
         <v>1.7</v>
       </c>
       <c r="H23" s="6">
         <v>0.2</v>
       </c>
       <c r="I23" s="6">
         <v>0.6</v>
       </c>
       <c r="J23" s="6">
         <v>0.1</v>
       </c>
       <c r="K23" s="6">
         <v>0.2</v>
       </c>
       <c r="L23" s="6">
         <v>0.1</v>
       </c>
       <c r="M23" s="6">
         <v>1.0</v>
       </c>
       <c r="N23" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C24" s="6">
         <v>20.7</v>
       </c>
       <c r="D24" s="6">
         <v>1.4</v>
       </c>
       <c r="E24" s="6">
         <v>14.5</v>
       </c>
       <c r="F24" s="6">
         <v>1.1</v>
       </c>
       <c r="G24" s="6">
         <v>18.4</v>
       </c>
       <c r="H24" s="6">
         <v>1.3</v>
       </c>
       <c r="I24" s="6">
         <v>4.7</v>
       </c>
       <c r="J24" s="6">
         <v>0.5</v>
       </c>
       <c r="K24" s="6">
         <v>2.4</v>
       </c>
       <c r="L24" s="6">
         <v>0.6</v>
       </c>
       <c r="M24" s="6">
         <v>11.4</v>
       </c>
       <c r="N24" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C26" s="6">
         <v>2.0</v>
       </c>
       <c r="D26" s="6">
         <v>0.4</v>
       </c>
       <c r="E26" s="6">
         <v>1.7</v>
       </c>
       <c r="F26" s="6">
         <v>0.3</v>
       </c>
       <c r="G26" s="6">
         <v>0.9</v>
       </c>
       <c r="H26" s="6">
         <v>0.5</v>
       </c>
       <c r="I26" s="6">
         <v>5.8</v>
       </c>
       <c r="J26" s="6">
         <v>0.8</v>
       </c>
       <c r="K26" s="6">
         <v>0.3</v>
       </c>
       <c r="L26" s="6">
         <v>0.2</v>
       </c>
       <c r="M26" s="6">
         <v>2.7</v>
       </c>
       <c r="N26" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C27" s="6">
         <v>0.7</v>
       </c>
       <c r="D27" s="6">
         <v>0.2</v>
       </c>
       <c r="E27" s="6">
         <v>0.3</v>
       </c>
       <c r="F27" s="6">
         <v>0.1</v>
       </c>
       <c r="G27" s="6">
         <v>0.2</v>
       </c>
       <c r="H27" s="6">
         <v>0.1</v>
       </c>
       <c r="I27" s="6">
         <v>1.7</v>
       </c>
       <c r="J27" s="6">
         <v>0.3</v>
       </c>
       <c r="K27" s="6">
         <v>0.1</v>
       </c>
       <c r="L27" s="6">
         <v>0.1</v>
       </c>
       <c r="M27" s="6">
         <v>0.7</v>
       </c>
       <c r="N27" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C28" s="6">
         <v>2.7</v>
       </c>
       <c r="D28" s="6">
         <v>0.5</v>
       </c>
       <c r="E28" s="6">
         <v>1.9</v>
       </c>
       <c r="F28" s="6">
         <v>0.3</v>
       </c>
       <c r="G28" s="6">
         <v>1.1</v>
       </c>
       <c r="H28" s="6">
         <v>0.5</v>
       </c>
       <c r="I28" s="6">
         <v>7.5</v>
       </c>
       <c r="J28" s="6">
         <v>0.9</v>
       </c>
       <c r="K28" s="6">
         <v>0.5</v>
       </c>
       <c r="L28" s="6">
         <v>0.3</v>
       </c>
       <c r="M28" s="6">
         <v>3.5</v>
       </c>
       <c r="N28" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C30" s="6">
         <v>0.2</v>
       </c>
       <c r="D30" s="6">
         <v>0.1</v>
       </c>
       <c r="E30" s="6">
         <v>1.7</v>
       </c>
       <c r="F30" s="6">
         <v>0.6</v>
       </c>
       <c r="G30" s="6">
         <v>0.3</v>
       </c>
       <c r="H30" s="6">
         <v>0.1</v>
       </c>
       <c r="I30" s="6">
         <v>7.0</v>
       </c>
       <c r="J30" s="6">
         <v>0.6</v>
       </c>
       <c r="K30" s="6">
         <v>7.4</v>
       </c>
       <c r="L30" s="6">
         <v>1.1</v>
       </c>
       <c r="M30" s="6">
         <v>3.7</v>
       </c>
       <c r="N30" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E31" s="6">
         <v>0.1</v>
       </c>
       <c r="F31" s="6">
         <v>0.0</v>
       </c>
       <c r="G31" s="6">
         <v>0.1</v>
       </c>
       <c r="H31" s="6">
         <v>0.1</v>
       </c>
       <c r="I31" s="6">
         <v>1.4</v>
       </c>
       <c r="J31" s="6">
         <v>0.2</v>
       </c>
       <c r="K31" s="6">
         <v>1.0</v>
       </c>
       <c r="L31" s="6">
         <v>0.2</v>
       </c>
       <c r="M31" s="6">
         <v>0.6</v>
       </c>
       <c r="N31" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C32" s="6">
         <v>0.2</v>
       </c>
       <c r="D32" s="6">
         <v>0.1</v>
       </c>
       <c r="E32" s="6">
         <v>1.7</v>
       </c>
       <c r="F32" s="6">
         <v>0.6</v>
       </c>
       <c r="G32" s="6">
         <v>0.5</v>
       </c>
       <c r="H32" s="6">
         <v>0.2</v>
       </c>
       <c r="I32" s="6">
         <v>8.5</v>
       </c>
       <c r="J32" s="6">
         <v>0.7</v>
       </c>
       <c r="K32" s="6">
         <v>8.4</v>
       </c>
       <c r="L32" s="6">
         <v>1.2</v>
       </c>
       <c r="M32" s="6">
         <v>4.3</v>
       </c>
       <c r="N32" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C34" s="6">
         <v>0.0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E34" s="6">
         <v>0.0</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G34" s="6">
         <v>0.0</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I34" s="6">
         <v>2.6</v>
       </c>
       <c r="J34" s="6">
         <v>0.5</v>
       </c>
       <c r="K34" s="6">
         <v>0.1</v>
       </c>
       <c r="L34" s="6">
         <v>0.1</v>
       </c>
       <c r="M34" s="6">
         <v>0.8</v>
       </c>
       <c r="N34" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C35" s="6">
         <v>0.0</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E35" s="6">
         <v>0.0</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G35" s="6">
         <v>0.0</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I35" s="6">
         <v>0.2</v>
       </c>
       <c r="J35" s="6">
         <v>0.1</v>
       </c>
       <c r="K35" s="6">
         <v>0.0</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M35" s="6">
         <v>0.1</v>
       </c>
       <c r="N35" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C36" s="6">
         <v>0.0</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E36" s="6">
         <v>0.0</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G36" s="6">
         <v>0.0</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I36" s="6">
         <v>2.8</v>
       </c>
       <c r="J36" s="6">
         <v>0.5</v>
       </c>
       <c r="K36" s="6">
         <v>0.1</v>
       </c>
       <c r="L36" s="6">
         <v>0.1</v>
       </c>
       <c r="M36" s="6">
         <v>0.9</v>
       </c>
       <c r="N36" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C37" s="6">
         <v>0.0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E37" s="6">
         <v>0.0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G37" s="6">
         <v>0.0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I37" s="6">
         <v>0.0</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K37" s="6">
         <v>0.0</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M37" s="6">
         <v>0.0</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C38" s="6">
         <v>0.9</v>
       </c>
       <c r="D38" s="6">
         <v>0.3</v>
       </c>
       <c r="E38" s="6">
         <v>1.3</v>
       </c>
       <c r="F38" s="6">
         <v>0.3</v>
       </c>
       <c r="G38" s="6">
         <v>0.2</v>
       </c>
       <c r="H38" s="6">
         <v>0.1</v>
       </c>
       <c r="I38" s="6">
         <v>0.5</v>
       </c>
       <c r="J38" s="6">
         <v>0.2</v>
       </c>
       <c r="K38" s="6">
         <v>0.1</v>
       </c>
       <c r="L38" s="6">
         <v>0.0</v>
       </c>
       <c r="M38" s="6">
         <v>0.6</v>
       </c>
       <c r="N38" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C39" s="6">
         <v>0.0</v>
       </c>
       <c r="D39" s="6">
         <v>0.0</v>
       </c>
       <c r="E39" s="6">
         <v>0.0</v>
       </c>
       <c r="F39" s="6">
         <v>0.0</v>
       </c>
       <c r="G39" s="6">
         <v>0.0</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I39" s="6">
         <v>0.2</v>
       </c>
       <c r="J39" s="6">
         <v>0.1</v>
       </c>
       <c r="K39" s="6">
         <v>0.0</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M39" s="6">
         <v>0.1</v>
       </c>
       <c r="N39" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C40" s="6">
         <v>0.9</v>
       </c>
       <c r="D40" s="6">
         <v>0.3</v>
       </c>
       <c r="E40" s="6">
         <v>1.3</v>
       </c>
       <c r="F40" s="6">
         <v>0.3</v>
       </c>
       <c r="G40" s="6">
         <v>0.2</v>
       </c>
       <c r="H40" s="6">
         <v>0.1</v>
       </c>
       <c r="I40" s="6">
         <v>0.8</v>
       </c>
       <c r="J40" s="6">
         <v>0.2</v>
       </c>
       <c r="K40" s="6">
         <v>0.1</v>
       </c>
       <c r="L40" s="6">
         <v>0.0</v>
       </c>
       <c r="M40" s="6">
         <v>0.7</v>
       </c>
       <c r="N40" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C41" s="6">
         <v>0.0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E41" s="6">
         <v>0.0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G41" s="6">
         <v>0.0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I41" s="6">
         <v>0.0</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K41" s="6">
         <v>0.0</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M41" s="6">
         <v>0.0</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C42" s="6">
         <v>28.3</v>
       </c>
       <c r="D42" s="6">
         <v>1.4</v>
       </c>
       <c r="E42" s="6">
         <v>23.5</v>
       </c>
       <c r="F42" s="6">
         <v>1.2</v>
       </c>
       <c r="G42" s="6">
         <v>16.9</v>
       </c>
       <c r="H42" s="6">
         <v>1.1</v>
       </c>
       <c r="I42" s="6">
         <v>6.9</v>
       </c>
       <c r="J42" s="6">
         <v>0.7</v>
       </c>
       <c r="K42" s="6">
         <v>16.9</v>
       </c>
       <c r="L42" s="6">
         <v>2.1</v>
       </c>
       <c r="M42" s="6">
         <v>16.7</v>
       </c>
       <c r="N42" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="5"/>
       <c r="B43" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C43" s="6">
         <v>2.3</v>
       </c>
       <c r="D43" s="6">
         <v>0.3</v>
       </c>
       <c r="E43" s="6">
         <v>1.1</v>
       </c>
       <c r="F43" s="6">
         <v>0.2</v>
       </c>
       <c r="G43" s="6">
         <v>1.6</v>
       </c>
       <c r="H43" s="6">
         <v>0.2</v>
       </c>
       <c r="I43" s="6">
         <v>0.8</v>
       </c>
       <c r="J43" s="6">
         <v>0.2</v>
       </c>
       <c r="K43" s="6">
         <v>1.0</v>
       </c>
       <c r="L43" s="6">
         <v>0.2</v>
       </c>
       <c r="M43" s="6">
         <v>1.3</v>
       </c>
       <c r="N43" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C44" s="6">
         <v>30.6</v>
       </c>
       <c r="D44" s="6">
         <v>1.4</v>
       </c>
       <c r="E44" s="6">
         <v>24.6</v>
       </c>
       <c r="F44" s="6">
         <v>1.3</v>
       </c>
       <c r="G44" s="6">
         <v>18.5</v>
       </c>
       <c r="H44" s="6">
         <v>1.3</v>
       </c>
       <c r="I44" s="6">
         <v>7.7</v>
       </c>
       <c r="J44" s="6">
         <v>0.7</v>
       </c>
       <c r="K44" s="6">
         <v>17.9</v>
       </c>
       <c r="L44" s="6">
         <v>2.2</v>
       </c>
       <c r="M44" s="6">
         <v>18.0</v>
       </c>
       <c r="N44" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C45" s="6">
         <v>0.0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E45" s="6">
         <v>0.0</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G45" s="6">
         <v>0.0</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I45" s="6">
         <v>0.0</v>
       </c>
       <c r="J45" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K45" s="6">
         <v>0.0</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M45" s="6">
         <v>0.0</v>
       </c>
       <c r="N45" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C46" s="6">
         <v>8.5</v>
       </c>
       <c r="D46" s="6">
         <v>0.8</v>
       </c>
       <c r="E46" s="6">
         <v>7.1</v>
       </c>
       <c r="F46" s="6">
         <v>0.7</v>
       </c>
       <c r="G46" s="6">
         <v>6.0</v>
       </c>
       <c r="H46" s="6">
         <v>0.6</v>
       </c>
       <c r="I46" s="6">
         <v>3.9</v>
       </c>
       <c r="J46" s="6">
         <v>0.4</v>
       </c>
       <c r="K46" s="6">
         <v>1.6</v>
       </c>
       <c r="L46" s="6">
         <v>0.4</v>
       </c>
       <c r="M46" s="6">
         <v>5.3</v>
       </c>
       <c r="N46" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C47" s="6">
         <v>0.5</v>
       </c>
       <c r="D47" s="6">
         <v>0.1</v>
       </c>
       <c r="E47" s="6">
         <v>0.3</v>
       </c>
       <c r="F47" s="6">
         <v>0.1</v>
       </c>
       <c r="G47" s="6">
         <v>0.2</v>
       </c>
       <c r="H47" s="6">
         <v>0.1</v>
       </c>
       <c r="I47" s="6">
         <v>0.3</v>
       </c>
       <c r="J47" s="6">
         <v>0.1</v>
       </c>
       <c r="K47" s="6">
         <v>0.1</v>
       </c>
       <c r="L47" s="6">
         <v>0.1</v>
       </c>
       <c r="M47" s="6">
         <v>0.3</v>
       </c>
       <c r="N47" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C48" s="6">
         <v>9.0</v>
       </c>
       <c r="D48" s="6">
         <v>0.8</v>
       </c>
       <c r="E48" s="6">
         <v>7.4</v>
       </c>
       <c r="F48" s="6">
         <v>0.8</v>
       </c>
       <c r="G48" s="6">
         <v>6.2</v>
       </c>
       <c r="H48" s="6">
         <v>0.6</v>
       </c>
       <c r="I48" s="6">
         <v>4.1</v>
       </c>
       <c r="J48" s="6">
         <v>0.4</v>
       </c>
       <c r="K48" s="6">
         <v>1.7</v>
       </c>
       <c r="L48" s="6">
         <v>0.4</v>
       </c>
       <c r="M48" s="6">
         <v>5.6</v>
       </c>
       <c r="N48" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C49" s="6">
         <v>0.0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E49" s="6">
         <v>0.0</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G49" s="6">
         <v>0.0</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I49" s="6">
         <v>0.0</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K49" s="6">
         <v>0.0</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M49" s="6">
         <v>0.0</v>
       </c>
       <c r="N49" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C50" s="6">
         <v>3.5</v>
       </c>
       <c r="D50" s="6">
         <v>0.5</v>
       </c>
       <c r="E50" s="6">
         <v>5.4</v>
       </c>
       <c r="F50" s="6">
         <v>0.5</v>
       </c>
       <c r="G50" s="6">
         <v>3.3</v>
       </c>
       <c r="H50" s="6">
         <v>0.5</v>
       </c>
       <c r="I50" s="6">
         <v>2.1</v>
       </c>
       <c r="J50" s="6">
         <v>0.3</v>
       </c>
       <c r="K50" s="6">
         <v>3.1</v>
       </c>
       <c r="L50" s="6">
         <v>0.7</v>
       </c>
       <c r="M50" s="6">
         <v>3.3</v>
       </c>
       <c r="N50" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C51" s="6">
         <v>1.0</v>
       </c>
       <c r="D51" s="6">
         <v>0.2</v>
       </c>
       <c r="E51" s="6">
         <v>1.1</v>
       </c>
       <c r="F51" s="6">
         <v>0.2</v>
       </c>
       <c r="G51" s="6">
         <v>1.0</v>
       </c>
       <c r="H51" s="6">
         <v>0.2</v>
       </c>
       <c r="I51" s="6">
         <v>0.3</v>
       </c>
       <c r="J51" s="6">
         <v>0.1</v>
       </c>
       <c r="K51" s="6">
         <v>0.3</v>
       </c>
       <c r="L51" s="6">
         <v>0.1</v>
       </c>
       <c r="M51" s="6">
         <v>0.7</v>
       </c>
       <c r="N51" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C52" s="6">
         <v>4.5</v>
       </c>
       <c r="D52" s="6">
         <v>0.6</v>
       </c>
       <c r="E52" s="6">
         <v>6.4</v>
       </c>
       <c r="F52" s="6">
         <v>0.6</v>
       </c>
       <c r="G52" s="6">
         <v>4.3</v>
       </c>
       <c r="H52" s="6">
         <v>0.6</v>
       </c>
       <c r="I52" s="6">
         <v>2.4</v>
       </c>
       <c r="J52" s="6">
         <v>0.4</v>
       </c>
       <c r="K52" s="6">
         <v>3.4</v>
       </c>
       <c r="L52" s="6">
         <v>0.8</v>
       </c>
       <c r="M52" s="6">
         <v>4.0</v>
       </c>
       <c r="N52" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C53" s="6">
         <v>0.0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E53" s="6">
         <v>0.0</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G53" s="6">
         <v>0.0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I53" s="6">
         <v>0.0</v>
       </c>
       <c r="J53" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K53" s="6">
         <v>0.0</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M53" s="6">
         <v>0.0</v>
       </c>
       <c r="N53" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C54" s="6">
         <v>3.0</v>
       </c>
       <c r="D54" s="6">
         <v>0.8</v>
       </c>
       <c r="E54" s="6">
         <v>3.0</v>
       </c>
       <c r="F54" s="6">
         <v>0.5</v>
       </c>
       <c r="G54" s="6">
         <v>0.2</v>
       </c>
       <c r="H54" s="6">
         <v>0.1</v>
       </c>
       <c r="I54" s="6">
         <v>0.9</v>
       </c>
       <c r="J54" s="6">
         <v>0.2</v>
       </c>
       <c r="K54" s="6">
         <v>2.8</v>
       </c>
       <c r="L54" s="6">
         <v>0.7</v>
       </c>
       <c r="M54" s="6">
         <v>1.7</v>
       </c>
       <c r="N54" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C55" s="6">
         <v>0.5</v>
       </c>
       <c r="D55" s="6">
         <v>0.1</v>
       </c>
       <c r="E55" s="6">
         <v>0.4</v>
       </c>
       <c r="F55" s="6">
         <v>0.1</v>
       </c>
       <c r="G55" s="6">
         <v>0.1</v>
       </c>
       <c r="H55" s="6">
         <v>0.1</v>
       </c>
       <c r="I55" s="6">
         <v>0.1</v>
       </c>
       <c r="J55" s="6">
         <v>0.0</v>
       </c>
       <c r="K55" s="6">
         <v>0.6</v>
       </c>
       <c r="L55" s="6">
         <v>0.2</v>
       </c>
       <c r="M55" s="6">
         <v>0.3</v>
       </c>
       <c r="N55" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C56" s="6">
         <v>3.5</v>
       </c>
       <c r="D56" s="6">
         <v>0.8</v>
       </c>
       <c r="E56" s="6">
         <v>3.3</v>
       </c>
       <c r="F56" s="6">
         <v>0.5</v>
       </c>
       <c r="G56" s="6">
         <v>0.3</v>
       </c>
       <c r="H56" s="6">
         <v>0.1</v>
       </c>
       <c r="I56" s="6">
         <v>0.9</v>
       </c>
       <c r="J56" s="6">
         <v>0.3</v>
       </c>
       <c r="K56" s="6">
         <v>3.4</v>
       </c>
       <c r="L56" s="6">
         <v>0.8</v>
       </c>
       <c r="M56" s="6">
         <v>2.0</v>
       </c>
       <c r="N56" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C57" s="6">
         <v>0.0</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E57" s="6">
         <v>0.0</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G57" s="6">
         <v>0.0</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I57" s="6">
         <v>0.0</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K57" s="6">
         <v>0.0</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M57" s="6">
         <v>0.0</v>
       </c>
       <c r="N57" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="5"/>
       <c r="B58" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C58" s="6">
         <v>0.0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E58" s="6">
         <v>0.0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G58" s="6">
         <v>0.0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I58" s="6">
         <v>0.1</v>
       </c>
       <c r="J58" s="6">
         <v>0.0</v>
       </c>
       <c r="K58" s="6">
         <v>14.4</v>
       </c>
       <c r="L58" s="6">
         <v>1.8</v>
       </c>
       <c r="M58" s="6">
         <v>2.1</v>
       </c>
       <c r="N58" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C59" s="6">
         <v>0.0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E59" s="6">
         <v>0.0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G59" s="6">
         <v>0.0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I59" s="6">
         <v>0.0</v>
       </c>
       <c r="J59" s="6">
         <v>0.0</v>
       </c>
       <c r="K59" s="6">
         <v>7.0</v>
       </c>
       <c r="L59" s="6">
         <v>0.9</v>
       </c>
       <c r="M59" s="6">
         <v>1.0</v>
       </c>
       <c r="N59" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C60" s="6">
         <v>0.0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E60" s="6">
         <v>0.0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G60" s="6">
         <v>0.0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I60" s="6">
         <v>0.1</v>
       </c>
       <c r="J60" s="6">
         <v>0.1</v>
       </c>
       <c r="K60" s="6">
         <v>21.4</v>
       </c>
       <c r="L60" s="6">
         <v>2.4</v>
       </c>
       <c r="M60" s="6">
         <v>3.1</v>
       </c>
       <c r="N60" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C61" s="6">
         <v>0.0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E61" s="6">
         <v>0.0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G61" s="6">
         <v>0.0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I61" s="6">
         <v>0.0</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K61" s="6">
         <v>0.0</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M61" s="6">
         <v>0.0</v>
       </c>
       <c r="N61" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C62" s="6">
         <v>5.0</v>
       </c>
       <c r="D62" s="6">
         <v>0.5</v>
       </c>
       <c r="E62" s="6">
         <v>8.7</v>
       </c>
       <c r="F62" s="6">
         <v>0.9</v>
       </c>
       <c r="G62" s="6">
         <v>3.7</v>
       </c>
       <c r="H62" s="6">
         <v>0.5</v>
       </c>
       <c r="I62" s="6">
         <v>7.0</v>
       </c>
       <c r="J62" s="6">
         <v>0.7</v>
       </c>
       <c r="K62" s="6">
         <v>19.5</v>
       </c>
       <c r="L62" s="6">
         <v>1.9</v>
       </c>
       <c r="M62" s="6">
         <v>8.1</v>
       </c>
       <c r="N62" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C63" s="6">
         <v>1.0</v>
       </c>
       <c r="D63" s="6">
         <v>0.2</v>
       </c>
       <c r="E63" s="6">
         <v>0.8</v>
       </c>
       <c r="F63" s="6">
         <v>0.2</v>
       </c>
       <c r="G63" s="6">
         <v>1.3</v>
       </c>
       <c r="H63" s="6">
         <v>0.3</v>
       </c>
       <c r="I63" s="6">
         <v>2.0</v>
       </c>
       <c r="J63" s="6">
         <v>0.3</v>
       </c>
       <c r="K63" s="6">
         <v>3.8</v>
       </c>
       <c r="L63" s="6">
         <v>0.5</v>
       </c>
       <c r="M63" s="6">
         <v>1.8</v>
       </c>
       <c r="N63" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C64" s="6">
         <v>6.0</v>
       </c>
       <c r="D64" s="6">
         <v>0.6</v>
       </c>
       <c r="E64" s="6">
         <v>9.5</v>
       </c>
       <c r="F64" s="6">
         <v>0.9</v>
       </c>
       <c r="G64" s="6">
         <v>5.0</v>
       </c>
       <c r="H64" s="6">
         <v>0.6</v>
       </c>
       <c r="I64" s="6">
         <v>9.0</v>
       </c>
       <c r="J64" s="6">
         <v>0.8</v>
       </c>
       <c r="K64" s="6">
         <v>23.3</v>
       </c>
       <c r="L64" s="6">
         <v>2.1</v>
       </c>
       <c r="M64" s="6">
         <v>9.8</v>
       </c>
       <c r="N64" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C65" s="6">
         <v>0.0</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E65" s="6">
         <v>0.0</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G65" s="6">
         <v>0.0</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I65" s="6">
         <v>0.0</v>
       </c>
       <c r="J65" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K65" s="6">
         <v>0.0</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M65" s="6">
         <v>0.0</v>
       </c>
       <c r="N65" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C66" s="6">
         <v>0.0</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E66" s="6">
         <v>0.0</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G66" s="6">
         <v>0.0</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I66" s="6">
         <v>0.0</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K66" s="6">
         <v>0.0</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M66" s="6">
         <v>0.0</v>
       </c>
       <c r="N66" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C67" s="6">
         <v>0.3</v>
       </c>
       <c r="D67" s="6">
         <v>0.1</v>
       </c>
       <c r="E67" s="6">
         <v>0.1</v>
       </c>
       <c r="F67" s="6">
         <v>0.0</v>
       </c>
       <c r="G67" s="6">
         <v>0.3</v>
       </c>
       <c r="H67" s="6">
         <v>0.1</v>
       </c>
       <c r="I67" s="6">
         <v>0.3</v>
       </c>
       <c r="J67" s="6">
         <v>0.1</v>
       </c>
       <c r="K67" s="6">
         <v>0.1</v>
       </c>
       <c r="L67" s="6">
         <v>0.1</v>
       </c>
       <c r="M67" s="6">
         <v>0.3</v>
       </c>
       <c r="N67" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C68" s="6">
         <v>0.3</v>
       </c>
       <c r="D68" s="6">
         <v>0.1</v>
       </c>
       <c r="E68" s="6">
         <v>0.1</v>
       </c>
       <c r="F68" s="6">
         <v>0.0</v>
       </c>
       <c r="G68" s="6">
         <v>0.3</v>
       </c>
       <c r="H68" s="6">
         <v>0.1</v>
       </c>
       <c r="I68" s="6">
         <v>0.3</v>
       </c>
       <c r="J68" s="6">
         <v>0.1</v>
       </c>
       <c r="K68" s="6">
         <v>0.1</v>
       </c>
       <c r="L68" s="6">
         <v>0.1</v>
       </c>
       <c r="M68" s="6">
         <v>0.3</v>
       </c>
       <c r="N68" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C69" s="6">
         <v>0.0</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E69" s="6">
         <v>0.0</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G69" s="6">
         <v>0.0</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I69" s="6">
         <v>0.0</v>
       </c>
       <c r="J69" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K69" s="6">
         <v>0.0</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M69" s="6">
         <v>0.0</v>
       </c>
       <c r="N69" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="5"/>
       <c r="B70" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C70" s="6">
         <v>88.7</v>
       </c>
       <c r="D70" s="6">
         <v>0.7</v>
       </c>
       <c r="E70" s="6">
         <v>92.8</v>
       </c>
       <c r="F70" s="6">
         <v>0.5</v>
       </c>
       <c r="G70" s="6">
         <v>85.3</v>
       </c>
       <c r="H70" s="6">
         <v>0.8</v>
       </c>
       <c r="I70" s="6">
         <v>84.2</v>
       </c>
       <c r="J70" s="6">
         <v>0.7</v>
       </c>
       <c r="K70" s="6">
         <v>83.7</v>
       </c>
       <c r="L70" s="6">
         <v>1.0</v>
       </c>
       <c r="M70" s="6">
         <v>86.6</v>
       </c>
       <c r="N70" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="5"/>
       <c r="B71" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C71" s="6">
         <v>11.3</v>
       </c>
       <c r="D71" s="6">
         <v>0.7</v>
       </c>
       <c r="E71" s="6">
         <v>7.2</v>
       </c>
       <c r="F71" s="6">
         <v>0.5</v>
       </c>
       <c r="G71" s="6">
         <v>14.7</v>
       </c>
       <c r="H71" s="6">
         <v>0.8</v>
       </c>
       <c r="I71" s="6">
         <v>15.8</v>
       </c>
       <c r="J71" s="6">
         <v>0.7</v>
       </c>
       <c r="K71" s="6">
         <v>16.3</v>
       </c>
       <c r="L71" s="6">
         <v>1.0</v>
       </c>
       <c r="M71" s="6">
         <v>13.4</v>
       </c>
       <c r="N71" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="5"/>
       <c r="B72" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C72" s="6">
         <v>100.0</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E72" s="6">
         <v>100.0</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G72" s="6">
         <v>100.0</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I72" s="6">
         <v>100.0</v>
       </c>
       <c r="J72" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K72" s="6">
         <v>100.0</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M72" s="6">
         <v>100.0</v>
       </c>
       <c r="N72" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1279002/460752</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">Gesamtstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree state (living/dead)</t>
+            <t xml:space="preserve">Baumzustand (lebend/tot)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:14" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:14" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A7:N7"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="C10:N10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="A25:A28"/>
     <mergeCell ref="A29:A32"/>
     <mergeCell ref="A33:A36"/>