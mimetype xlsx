--- v1 (2026-01-10)
+++ v2 (2026-01-13)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart · Baumzustand (lebend/tot)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre total de tiges</t>
+  </si>
+  <si>
+    <t>essence principale · état de l'arbre (vif/mort)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Baumzustand (lebend/tot)</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>essence principale</t>
+  </si>
+  <si>
+    <t>état de l'arbre (vif/mort)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lebend</t>
-[...44 lines deleted...]
-    <t>nicht bestimmbar</t>
+    <t>vif</t>
+  </si>
+  <si>
+    <t>mort</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1279002/460752</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">nombre total de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumzustand (lebend/tot)</t>
+      <t xml:space="preserve">état de l'arbre (vif/mort)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in lebende oder tote. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont vifs ou morts. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3483,268 +3483,268 @@
         <v>100.0</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="6">
         <v>100.0</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1279002/460752</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">nombre total de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumzustand (lebend/tot)</t>
+            <t xml:space="preserve">état de l'arbre (vif/mort)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:14" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:14" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>