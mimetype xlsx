--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>surface terrière</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>forêt de protection contre des processus liés aux cours d'eau (2022) · étages de végétation NaiS (6 classes)</t>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,296 +172,296 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022)</t>
   </si>
   <si>
-    <t>étages de végétation NaiS (6 classes)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpin supérieur</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>haut-montagnard</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>montagnard inférieur et supérieur</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontagnard</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubrique et collinéen</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>à l'interieur</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>à l'extérieur</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1280268/462018</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les processus liés aux cours d'eau délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6444,51 +6444,51 @@
         <v>26.6</v>
       </c>
       <c r="AZ44" s="6">
         <v>5</v>
       </c>
       <c r="BA44" s="6">
         <v>30.7</v>
       </c>
       <c r="BB44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:54" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1280268/462018</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
@@ -6526,226 +6526,226 @@
       <c r="AR45" s="3"/>
       <c r="AS45" s="3"/>
       <c r="AT45" s="3"/>
       <c r="AU45" s="3"/>
       <c r="AV45" s="3"/>
       <c r="AW45" s="3"/>
       <c r="AX45" s="3"/>
       <c r="AY45" s="3"/>
       <c r="AZ45" s="3"/>
       <c r="BA45" s="3"/>
       <c r="BB45" s="3"/>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="54" spans="1:54">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:54" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:54">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:54" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="60" spans="1:54">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:54" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:54">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:54" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>