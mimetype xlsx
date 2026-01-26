--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against channel processes (2022) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des processus liés aux cours d'eau (2022) · étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...17 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...14 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>subalpin supérieur</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard inférieur et supérieur</t>
+  </si>
+  <si>
+    <t>submontagnard</t>
+  </si>
+  <si>
+    <t>hyperinsubrique et collinéen</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>inside</t>
-[...2 lines deleted...]
-    <t>outside</t>
+    <t>à l'interieur</t>
+  </si>
+  <si>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1280272/462022</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against channel processes (2022)</t>
+      <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les processus liés aux cours d'eau délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2473,270 +2473,270 @@
         <v>29.0</v>
       </c>
       <c r="N44" s="6">
         <v>4</v>
       </c>
       <c r="O44" s="6">
         <v>30.7</v>
       </c>
       <c r="P44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1280272/462022</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against channel processes (2022)</t>
+            <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>