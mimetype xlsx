--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,417 +14,417 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di mescolanza · alte/basse quote · stadio di sviluppo</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch) · Hochlagen/Tieflagen · Entwicklungsstufe</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>stadio di sviluppo</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch)</t>
+  </si>
+  <si>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Nadelwald rein</t>
+  </si>
+  <si>
+    <t>Nadelwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald rein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
+  </si>
+  <si>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>novelleto/spessina</t>
-[...20 lines deleted...]
-    <t>alte quote</t>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Stangenholz</t>
+  </si>
+  <si>
+    <t>schwaches Baumholz</t>
+  </si>
+  <si>
+    <t>mittleres Baumholz</t>
+  </si>
+  <si>
+    <t>starkes Baumholz</t>
+  </si>
+  <si>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1281775/463525</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di mescolanza</t>
+      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
+    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stadio di sviluppo</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Tappa nell'evoluzione di un popolamento, definito in base al diametro dominante (DPUdom = DPU dei 100 alberi più grossi ad ettaro). Novelleto/spessina: DPUdom &lt;12 cm, perticaia: DPUdom 12-30 cm, fustaia giovane: DPUdom 31-40 cm, fustaia adulta: DPUdom 41-50 cm, fustaia matura: DPUdom &gt;50 cm, misto: alberi di diversi stadi di sviluppo, nessuno stadio di sviluppo predominante oppure gruppi di diversi stadi di sviluppo più piccoli di 5 are. Fonte: rilievo sul terreno (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -776,52 +776,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2287,303 +2287,303 @@
         <v>100.0</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="6">
         <v>100.0</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1281775/463525</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di mescolanza</t>
+            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stadio di sviluppo</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:14" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>