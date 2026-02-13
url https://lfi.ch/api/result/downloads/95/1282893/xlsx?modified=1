--- v0 (2025-12-24)
+++ v1 (2026-02-13)
@@ -14,470 +14,470 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione (2022) · classe di dimensione (bosco giovane; 5 classi) · specie arborea principale del bosco giovane (conteggio)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems of young forest plants with browsing damage divided by number of stems of young forest plants assessed for browsing</t>
+  </si>
+  <si>
+    <t>protection forest (2022) · size classe (young forest; 5 classes) · main tree species in young forest (counting)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale celle</t>
+      <t xml:space="preserve">: %, cell total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti (area boscabile)</t>
+      <t xml:space="preserve">: stockable and accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...17 lines deleted...]
-    <t>specie arborea principale del bosco giovane (conteggio)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest (2022)</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>size classe (young forest; 5 classes)</t>
+  </si>
+  <si>
+    <t>main tree species in young forest (counting)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...50 lines deleted...]
-    <t>DPU 8-11.9 cm</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>species not assessed in all inventories</t>
+  </si>
+  <si>
+    <t>height 10-39 cm</t>
+  </si>
+  <si>
+    <t>height 40-129 cm</t>
+  </si>
+  <si>
+    <t>DBH 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DBH 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DBH 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282893/464643</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
+      <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #404</t>
     </r>
   </si>
   <si>
-    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stata constatata una morsicatura del getto dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
+    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height on which browsing on the shoot from the previous year was detected. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
+      <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #405</t>
     </r>
   </si>
   <si>
-    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stato valutato lo stato della gemma terminale dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
+    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height for which the condition of the previous year's shoot was assessed with regard to browsing. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione (2022)</t>
+      <t xml:space="preserve">protective forest (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2576</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione, così come definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect (Losey &amp; Wehrli 2013). Nel 2022 il Canton Argovia non aveva ancora definito il bosco di protezione. Fonte: dati GIS dell'UFAM, 2022</t>
+    <t>Area inside/outside the protective forest that the cantons had designated in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013). In 2022, Canton Aargau had not yet designated its protective forest. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
+      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
+      <t xml:space="preserve">main tree species in young forest (counting)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
+    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
+      <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Parte potenzialmente boscabile del bosco accessibile esclusi gli arbusteti (ossia bosco accessibile esclusi gli arbusteti, senza l'area delle strade forestali, delle strutture ricreative, dei torrenti, dei canali valangari, ecc.).</t>
+    <t>Stockable part of the accessible forest without shrub forest, i.e. accessible forest without shrub forest excluding the area of forest roads, recreational facilities, streams, avalanche paths, etc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -829,52 +829,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -3480,332 +3480,332 @@
         <v>13.1</v>
       </c>
       <c r="F117" s="6">
         <v>1.0</v>
       </c>
       <c r="G117" s="6">
         <v>14.7</v>
       </c>
       <c r="H117" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282893/464643</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
+            <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:8" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
+            <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #405</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:8" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione (2022)</t>
+            <t xml:space="preserve">protective forest (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2576</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:8" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
+            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
+            <t xml:space="preserve">main tree species in young forest (counting)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:8" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:8" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
+            <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:8" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:8" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>