--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>nombre de tiges de bois mort IFN1</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
+    <t>état 1983/85</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,276 +172,276 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...35 lines deleted...]
-    <t>indeterminable</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287046/468796</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems NFI1</t>
+      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -793,51 +793,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3641,51 +3641,51 @@
         <v>100.0</v>
       </c>
       <c r="AY27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ27" s="6">
         <v>100.0</v>
       </c>
       <c r="BA27" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287046/468796</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -3723,86 +3723,86 @@
       <c r="AQ28" s="3"/>
       <c r="AR28" s="3"/>
       <c r="AS28" s="3"/>
       <c r="AT28" s="3"/>
       <c r="AU28" s="3"/>
       <c r="AV28" s="3"/>
       <c r="AW28" s="3"/>
       <c r="AX28" s="3"/>
       <c r="AY28" s="3"/>
       <c r="AZ28" s="3"/>
       <c r="BA28" s="3"/>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems NFI1</t>
+            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
@@ -3828,86 +3828,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:53">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:53" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>