--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI1</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>nombre de tiges de bois mort IFN1</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 1983/85</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287058/468808</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl LFI1</t>
+      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1501,233 +1501,233 @@
         <v>100.0</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="6">
         <v>100.0</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287058/468808</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl LFI1</t>
+            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>