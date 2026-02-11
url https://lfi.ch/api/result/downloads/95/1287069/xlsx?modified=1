--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>LFI1</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>NFI1</t>
+  </si>
+  <si>
+    <t>number of deadwood stems NFI1</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Zustand 1983/85</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 1983/85</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,276 +172,276 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287069/468819</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl LFI1</t>
+      <t xml:space="preserve">number of deadwood stems NFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -793,51 +793,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3641,51 +3641,51 @@
         <v>100.0</v>
       </c>
       <c r="AY27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ27" s="6">
         <v>100.0</v>
       </c>
       <c r="BA27" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287069/468819</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -3723,191 +3723,191 @@
       <c r="AQ28" s="3"/>
       <c r="AR28" s="3"/>
       <c r="AS28" s="3"/>
       <c r="AT28" s="3"/>
       <c r="AU28" s="3"/>
       <c r="AV28" s="3"/>
       <c r="AW28" s="3"/>
       <c r="AX28" s="3"/>
       <c r="AY28" s="3"/>
       <c r="AZ28" s="3"/>
       <c r="BA28" s="3"/>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl LFI1</t>
+            <t xml:space="preserve">number of deadwood stems NFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:53">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:53" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>