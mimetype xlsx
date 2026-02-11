--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>nombre de tiges de bois mort IFN1</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: réseau 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>état 1983/85</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...35 lines deleted...]
-    <t>indeterminable</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287070/468820</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems NFI1</t>
+      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">réseau 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>100.0</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N27" s="6">
         <v>100.0</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287070/468820</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems NFI1</t>
+            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">réseau 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>