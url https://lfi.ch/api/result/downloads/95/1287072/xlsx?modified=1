--- v0 (2025-11-06)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of microhabitats on standing living trees</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...33 lines deleted...]
-    <t>Stk./ha</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287072/468822</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+      <t xml:space="preserve">number of microhabitats on standing living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD). Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,64 +703,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1058,235 +1058,235 @@
         <v>403</v>
       </c>
       <c r="M16" s="6">
         <v>4</v>
       </c>
       <c r="N16" s="6">
         <v>347</v>
       </c>
       <c r="O16" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287072/468822</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+            <t xml:space="preserve">number of microhabitats on standing living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>