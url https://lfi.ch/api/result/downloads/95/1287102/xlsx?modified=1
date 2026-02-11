--- v0 (2025-11-05)
+++ v1 (2026-02-11)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl LFI1</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 n</t>
+      <t xml:space="preserve">: 1000 Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...26 lines deleted...]
-    <t>1000 n</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287102/468852</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems NFI1</t>
+      <t xml:space="preserve">Totholzstammzahl LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,64 +736,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1608,235 +1608,235 @@
         <v>1851</v>
       </c>
       <c r="M27" s="6">
         <v>13</v>
       </c>
       <c r="N27" s="6">
         <v>17248</v>
       </c>
       <c r="O27" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287102/468852</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems NFI1</t>
+            <t xml:space="preserve">Totholzstammzahl LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>