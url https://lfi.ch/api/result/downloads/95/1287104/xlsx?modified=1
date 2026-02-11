--- v0 (2025-11-05)
+++ v1 (2026-02-11)
@@ -14,401 +14,401 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>nombre de tiges de bois mort IFN1</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>état 1983/85</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...35 lines deleted...]
-    <t>indeterminable</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287104/468854</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems NFI1</t>
+      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -2464,51 +2464,51 @@
         <v>1851</v>
       </c>
       <c r="AC27" s="6">
         <v>13</v>
       </c>
       <c r="AD27" s="6">
         <v>17248</v>
       </c>
       <c r="AE27" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287104/468854</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -2524,191 +2524,191 @@
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems NFI1</t>
+            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>