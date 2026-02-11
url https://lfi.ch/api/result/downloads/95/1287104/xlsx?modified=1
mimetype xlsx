--- v1 (2026-02-11)
+++ v2 (2026-02-11)
@@ -14,401 +14,401 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>essence principale</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl LFI1</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 n</t>
+      <t xml:space="preserve">: 1000 Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 1983/85</t>
-[...50 lines deleted...]
-    <t>1000 n</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287104/468854</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
+      <t xml:space="preserve">Totholzstammzahl LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,80 +760,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -2464,51 +2464,51 @@
         <v>1851</v>
       </c>
       <c r="AC27" s="6">
         <v>13</v>
       </c>
       <c r="AD27" s="6">
         <v>17248</v>
       </c>
       <c r="AE27" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287104/468854</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -2524,191 +2524,191 @@
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
+            <t xml:space="preserve">Totholzstammzahl LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>