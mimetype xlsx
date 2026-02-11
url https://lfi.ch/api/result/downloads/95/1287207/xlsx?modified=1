--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI1</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>nombre de tiges de bois mort IFN1</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km</t>
+    </r>
+  </si>
+  <si>
+    <t>état 1983/85</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287207/468957</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl LFI1</t>
+      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">réseau 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,62 +733,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1501,233 +1501,233 @@
         <v>16</v>
       </c>
       <c r="K27" s="6">
         <v>10</v>
       </c>
       <c r="L27" s="6">
         <v>16</v>
       </c>
       <c r="M27" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287207/468957</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl LFI1</t>
+            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">réseau 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>