--- v1 (2026-02-11)
+++ v2 (2026-02-11)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>essence principale</t>
+    <t>NFI1</t>
+  </si>
+  <si>
+    <t>number of deadwood stems NFI1</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région de production</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>state 1983/85</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...8 lines deleted...]
-    <t>Suisse</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...35 lines deleted...]
-    <t>indéterminable</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287207/468957</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
+      <t xml:space="preserve">number of deadwood stems NFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1501,233 +1501,233 @@
         <v>16</v>
       </c>
       <c r="K27" s="6">
         <v>10</v>
       </c>
       <c r="L27" s="6">
         <v>16</v>
       </c>
       <c r="M27" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287207/468957</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
+            <t xml:space="preserve">number of deadwood stems NFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>