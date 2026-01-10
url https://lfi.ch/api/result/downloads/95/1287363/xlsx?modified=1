--- v0 (2025-11-05)
+++ v1 (2026-01-10)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (10 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...47 lines deleted...]
-    <t>Svizzera</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...29 lines deleted...]
-    <t>totale</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>upper montane (N)</t>
+  </si>
+  <si>
+    <t>lower montane (N)</t>
+  </si>
+  <si>
+    <t>lower/upper montane (S)</t>
+  </si>
+  <si>
+    <t>submontane (N)</t>
+  </si>
+  <si>
+    <t>colline with beech (S)</t>
+  </si>
+  <si>
+    <t>colline</t>
+  </si>
+  <si>
+    <t>hyperinsubric (S)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287363/469113</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>100.0</v>
       </c>
       <c r="AC24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD24" s="6">
         <v>100.0</v>
       </c>
       <c r="AE24" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287363/469113</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>