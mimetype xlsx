--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>anno del rimboschimento (classi di 10 anni)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Jahr der Aufforstung (10-Jahres-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,63 +172,63 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessun rimboschimento o sconosciuto</t>
-[...2 lines deleted...]
-    <t>prima del 1851</t>
+    <t>keine Aufforstung oder unbekannt</t>
+  </si>
+  <si>
+    <t>vor 1851</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
@@ -244,222 +244,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291427/473177</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">anno del rimboschimento (classi di 10 anni)</t>
+      <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1002</t>
     </r>
   </si>
   <si>
-    <t>Anno in cui la foresta è stata (ri)imboschita negli ultimi secoli, in classi di dieci anni. Fonte: inchiesta presso il servizio forestale (MID 332: Jahr der Aufforstung)</t>
+    <t>Jahr, in dem der Wald in den vergangenen Jahrhunderten (wieder) aufgeforstet wurde, in Klassen zu zehn Jahren. Grundlage: Forstdienstbefragung (MID 332: Jahr der Aufforstung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -811,51 +811,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>50.2</v>
       </c>
       <c r="AY33" s="6">
         <v>7</v>
       </c>
       <c r="AZ33" s="6">
         <v>1211.5</v>
       </c>
       <c r="BA33" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="21.75">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291427/473177</t>
           </r>
         </is>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
@@ -4707,191 +4707,191 @@
       <c r="AQ34" s="3"/>
       <c r="AR34" s="3"/>
       <c r="AS34" s="3"/>
       <c r="AT34" s="3"/>
       <c r="AU34" s="3"/>
       <c r="AV34" s="3"/>
       <c r="AW34" s="3"/>
       <c r="AX34" s="3"/>
       <c r="AY34" s="3"/>
       <c r="AZ34" s="3"/>
       <c r="BA34" s="3"/>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">anno del rimboschimento (classi di 10 anni)</t>
+            <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1002</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="43" spans="1:53">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:53" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:53">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:53" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="49" spans="1:53">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:53" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>