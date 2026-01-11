--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,164 +14,164 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>anno del rimboschimento (classi di 10 anni)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>year of afforestation (in decades)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...23 lines deleted...]
-    <t>Svizzera</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessun rimboschimento o sconosciuto</t>
-[...2 lines deleted...]
-    <t>prima del 1851</t>
+    <t>no afforestation or unknown</t>
+  </si>
+  <si>
+    <t>before 1851</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
@@ -187,222 +187,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291442/473192</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">anno del rimboschimento (classi di 10 anni)</t>
+      <t xml:space="preserve">year of afforestation (in decades)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1002</t>
     </r>
   </si>
   <si>
-    <t>Anno in cui la foresta è stata (ri)imboschita negli ultimi secoli, in classi di dieci anni. Fonte: inchiesta presso il servizio forestale (MID 332: Jahr der Aufforstung)</t>
+    <t>Year in which the forest was (re)afforested during past centuries – in classes of ten years. Reference: Forest Service Survey (MID 332: Jahr der Aufforstung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +754,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1908,235 +1908,235 @@
         <v>179.8</v>
       </c>
       <c r="M33" s="6">
         <v>2</v>
       </c>
       <c r="N33" s="6">
         <v>1270.3</v>
       </c>
       <c r="O33" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="21.75">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291442/473192</t>
           </r>
         </is>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">anno del rimboschimento (classi di 10 anni)</t>
+            <t xml:space="preserve">year of afforestation (in decades)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1002</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:15" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:15" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>