--- v1 (2026-01-11)
+++ v2 (2026-01-11)
@@ -14,164 +14,164 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>year of afforestation (in decades)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Jahr der Aufforstung (10-Jahres-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>no afforestation or unknown</t>
-[...2 lines deleted...]
-    <t>before 1851</t>
+    <t>keine Aufforstung oder unbekannt</t>
+  </si>
+  <si>
+    <t>vor 1851</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
@@ -187,222 +187,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291442/473192</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">year of afforestation (in decades)</t>
+      <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1002</t>
     </r>
   </si>
   <si>
-    <t>Year in which the forest was (re)afforested during past centuries – in classes of ten years. Reference: Forest Service Survey (MID 332: Jahr der Aufforstung)</t>
+    <t>Jahr, in dem der Wald in den vergangenen Jahrhunderten (wieder) aufgeforstet wurde, in Klassen zu zehn Jahren. Grundlage: Forstdienstbefragung (MID 332: Jahr der Aufforstung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +754,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1908,235 +1908,235 @@
         <v>179.8</v>
       </c>
       <c r="M33" s="6">
         <v>2</v>
       </c>
       <c r="N33" s="6">
         <v>1270.3</v>
       </c>
       <c r="O33" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="21.75">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291442/473192</t>
           </r>
         </is>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">year of afforestation (in decades)</t>
+            <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1002</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:15" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:15" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>