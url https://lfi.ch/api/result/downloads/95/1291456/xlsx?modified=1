--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,164 +14,164 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>year of afforestation (in decades)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Jahr der Aufforstung (10-Jahres-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>no afforestation or unknown</t>
-[...2 lines deleted...]
-    <t>before 1851</t>
+    <t>keine Aufforstung oder unbekannt</t>
+  </si>
+  <si>
+    <t>vor 1851</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
@@ -187,222 +187,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291456/473206</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">year of afforestation (in decades)</t>
+      <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1002</t>
     </r>
   </si>
   <si>
-    <t>Year in which the forest was (re)afforested during past centuries – in classes of ten years. Reference: Forest Service Survey (MID 332: Jahr der Aufforstung)</t>
+    <t>Jahr, in dem der Wald in den vergangenen Jahrhunderten (wieder) aufgeforstet wurde, in Klassen zu zehn Jahren. Grundlage: Forstdienstbefragung (MID 332: Jahr der Aufforstung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +754,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1908,235 +1908,235 @@
         <v>193.6</v>
       </c>
       <c r="M33" s="6">
         <v>2</v>
       </c>
       <c r="N33" s="6">
         <v>1327.1</v>
       </c>
       <c r="O33" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="21.75">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291456/473206</t>
           </r>
         </is>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">year of afforestation (in decades)</t>
+            <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1002</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:15" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:15" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>