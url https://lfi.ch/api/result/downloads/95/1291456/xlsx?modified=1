--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,164 +14,164 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Jahr der Aufforstung (10-Jahres-Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>anno del rimboschimento (classi di 10 anni)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...23 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Aufforstung oder unbekannt</t>
-[...2 lines deleted...]
-    <t>vor 1851</t>
+    <t>nessun rimboschimento o sconosciuto</t>
+  </si>
+  <si>
+    <t>prima del 1851</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
@@ -187,222 +187,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1291456/473206</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
+      <t xml:space="preserve">anno del rimboschimento (classi di 10 anni)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1002</t>
     </r>
   </si>
   <si>
-    <t>Jahr, in dem der Wald in den vergangenen Jahrhunderten (wieder) aufgeforstet wurde, in Klassen zu zehn Jahren. Grundlage: Forstdienstbefragung (MID 332: Jahr der Aufforstung)</t>
+    <t>Anno in cui la foresta è stata (ri)imboschita negli ultimi secoli, in classi di dieci anni. Fonte: inchiesta presso il servizio forestale (MID 332: Jahr der Aufforstung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +754,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1908,235 +1908,235 @@
         <v>193.6</v>
       </c>
       <c r="M33" s="6">
         <v>2</v>
       </c>
       <c r="N33" s="6">
         <v>1327.1</v>
       </c>
       <c r="O33" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="21.75">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1291456/473206</t>
           </r>
         </is>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jahr der Aufforstung (10-Jahres-Klassen)</t>
+            <t xml:space="preserve">anno del rimboschimento (classi di 10 anni)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1002</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:15" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:15" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>