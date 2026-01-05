--- v0 (2026-01-04)
+++ v1 (2026-01-05)
@@ -17,344 +17,344 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>surface forestière</t>
-[...2 lines deleted...]
-    <t>déclivité (classes de 40%)</t>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>pendenza (classi di 40%)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...30 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>=40%</t>
   </si>
   <si>
     <t>41-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1292012/473762</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">déclivité (classes de 40%)</t>
+      <t xml:space="preserve">pendenza (classi di 40%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1084</t>
     </r>
   </si>
   <si>
-    <t>Inclinaison de la pente en classes de 40%. Source: modèle numérique du terrain MNT25 de Swisstopo</t>
+    <t>Pendenza in classi di 40%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Zone répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1111,235 +1111,235 @@
         <v>201.7</v>
       </c>
       <c r="M17" s="7">
         <v>2</v>
       </c>
       <c r="N17" s="7">
         <v>1327.1</v>
       </c>
       <c r="O17" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1292012/473762</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">déclivité (classes de 40%)</t>
+            <t xml:space="preserve">pendenza (classi di 40%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1084</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>