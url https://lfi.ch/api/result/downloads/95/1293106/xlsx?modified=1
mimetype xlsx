--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>forest type (3 classes) · site quality</t>
+    <t>tipo di bosco (3 classi) · fertilità della stazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,293 +172,293 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>forest type (3 classes)</t>
+    <t>tipo di bosco (3 classi)</t>
   </si>
   <si>
-    <t>site quality</t>
+    <t>fertilità della stazione</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
+    <t>scarsa</t>
   </si>
   <si>
-    <t>moderate</t>
+    <t xml:space="preserve">media </t>
   </si>
   <si>
-    <t>good</t>
+    <t>buona</t>
   </si>
   <si>
-    <t>very good</t>
+    <t>molto buona</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>accessible forest without shrub forest</t>
+    <t>bosco accessibile esclusi gli arbusteti</t>
   </si>
   <si>
-    <t>inaccessible forest without shrub forest</t>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1293106/474856</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">site quality</t>
+      <t xml:space="preserve">fertilità della stazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Production capacity of the site in kilograms per hectare and year based on the total mean increment (TMI) according to Keller (1978) - in four classes. Low: TMI ≤1500 kg/(ha/year), moderate: TMI 1501-3000 kg/(ha/year), good: TMI 3001-4500 kg/(ha/year), very good: TMI &gt;4500 kg/(ha/year).</t>
+    <t>Capacità produttiva della stazione in quattro classi in base alla produzione totale (PT) secondo Keller (1978) in chilogrammi per ettaro e anno. Scarsa: PT fino a 1500 kg/(ha×anno), media: PT 1501-3000 kg/(ha×anno), buona: PT 3001-4500 kg/(ha×anno), molto buona: PT sopra 4500 kg/(ha×anno)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,52 +810,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -6119,51 +6119,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ42" s="6">
         <v>7</v>
       </c>
       <c r="BA42" s="6">
         <v>1237.7</v>
       </c>
       <c r="BB42" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1293106/474856</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
@@ -6201,226 +6201,226 @@
       <c r="AR43" s="3"/>
       <c r="AS43" s="3"/>
       <c r="AT43" s="3"/>
       <c r="AU43" s="3"/>
       <c r="AV43" s="3"/>
       <c r="AW43" s="3"/>
       <c r="AX43" s="3"/>
       <c r="AY43" s="3"/>
       <c r="AZ43" s="3"/>
       <c r="BA43" s="3"/>
       <c r="BB43" s="3"/>
     </row>
     <row r="46" spans="1:54">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:54" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="49" spans="1:54">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:54" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">site quality</t>
+            <t xml:space="preserve">fertilità della stazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:54">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:54" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="61" spans="1:54">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:54" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>