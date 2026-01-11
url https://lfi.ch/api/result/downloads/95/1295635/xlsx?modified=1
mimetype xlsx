--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>stato dell'albero</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gesamtstammzahl</t>
+  </si>
+  <si>
+    <t>Baumzustand</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
-[...2 lines deleted...]
-    <t>n/ha</t>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>morto in piedi</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>stehend tot</t>
+  </si>
+  <si>
+    <t>stehend lebend</t>
+  </si>
+  <si>
+    <t>liegend tot</t>
+  </si>
+  <si>
+    <t>liegend lebend</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1295635/477385</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti</t>
+      <t xml:space="preserve">Gesamtstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato dell'albero</t>
+      <t xml:space="preserve">Baumzustand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #98</t>
     </r>
   </si>
   <si>
-    <t>Suddivione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) nelle classi in piedi o a terra, rispettivamente vivi o morti. Fonte: rilievo sul terreno (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in stehende oder liegende sowie lebende oder tote. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -766,102 +766,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2165,51 +2165,51 @@
         <v>362</v>
       </c>
       <c r="AY18" s="6">
         <v>6</v>
       </c>
       <c r="AZ18" s="6">
         <v>476</v>
       </c>
       <c r="BA18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1295635/477385</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti</t>
+            <t xml:space="preserve">Gesamtstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato dell'albero</t>
+            <t xml:space="preserve">Baumzustand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #98</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>