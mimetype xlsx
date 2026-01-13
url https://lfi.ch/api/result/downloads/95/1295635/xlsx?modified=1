--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Baumzustand</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre total de tiges</t>
+  </si>
+  <si>
+    <t>état de l'arbre</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>stehend tot</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>sec sur pied</t>
+  </si>
+  <si>
+    <t>vif sur pied</t>
+  </si>
+  <si>
+    <t>mort à terre</t>
+  </si>
+  <si>
+    <t>vif à terre</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1295635/477385</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">nombre total de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumzustand</t>
+      <t xml:space="preserve">état de l'arbre</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #98</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in stehende oder liegende sowie lebende oder tote. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm selon qu'ils sont sur pied ou à terre, vifs ou morts. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -766,102 +766,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2165,51 +2165,51 @@
         <v>362</v>
       </c>
       <c r="AY18" s="6">
         <v>6</v>
       </c>
       <c r="AZ18" s="6">
         <v>476</v>
       </c>
       <c r="BA18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1295635/477385</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">nombre total de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumzustand</t>
+            <t xml:space="preserve">état de l'arbre</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #98</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>