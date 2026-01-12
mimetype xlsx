--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,466 +14,466 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total number of stems</t>
+    <t>nombre total de tiges</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes) · main tree species</t>
+    <t>diamètre à hauteur de poitrine (10 classes) · essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>région économique</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Ouest du Jura</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Est du Jura</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Ouest du Plateau</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Centre du Plateau</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Est du Plateau</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Ouest des Préalpes</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Centre des Préalpes</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Est des Préalpes</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Nord-ouest des Alpes</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Centre des Alpes</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Nord-est des Alpes</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Sud-ouest des Alpes</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Sud-est des Alpes</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud des Alpes</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes)</t>
+    <t>diamètre à hauteur de poitrine (10 classes)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>essence principale</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>épicéa</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>sapin</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pin</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>mélèze</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>arole</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>autres résineux</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>hêtre</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>érable</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frêne</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>chêne</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>châtaignier</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>autres feuillus</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1296801/478551</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">nombre total de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">diamètre à hauteur de poitrine (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diamètre à hauteur de poitrine (DHP) des arbres et arbustes à partir de 12 cm de diamètre, en dix classes. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -825,52 +825,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -18414,51 +18414,51 @@
         <v>84268</v>
       </c>
       <c r="AD192" s="6">
         <v>4</v>
       </c>
       <c r="AE192" s="6">
         <v>557462</v>
       </c>
       <c r="AF192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:32" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1296801/478551</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
@@ -18474,226 +18474,226 @@
       <c r="V193" s="3"/>
       <c r="W193" s="3"/>
       <c r="X193" s="3"/>
       <c r="Y193" s="3"/>
       <c r="Z193" s="3"/>
       <c r="AA193" s="3"/>
       <c r="AB193" s="3"/>
       <c r="AC193" s="3"/>
       <c r="AD193" s="3"/>
       <c r="AE193" s="3"/>
       <c r="AF193" s="3"/>
     </row>
     <row r="196" spans="1:32">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">nombre total de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:32" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="199" spans="1:32">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">diamètre à hauteur de poitrine (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:32" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="202" spans="1:32">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:32" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:32">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:32" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="208" spans="1:32">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:32" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="211" spans="1:32">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:32" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>