--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -17,463 +17,463 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>nombre total de tiges</t>
+    <t>numero totale di fusti</t>
   </si>
   <si>
-    <t>diamètre à hauteur de poitrine (10 classes) · essence principale</t>
+    <t>diametro a petto d'uomo (10 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>région économique</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Ouest du Jura</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Est du Jura</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Ouest du Plateau</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Centre du Plateau</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Est du Plateau</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Ouest des Préalpes</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Centre des Préalpes</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Est des Préalpes</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Nord-ouest des Alpes</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Centre des Alpes</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Nord-est des Alpes</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Sud-ouest des Alpes</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Sud-est des Alpes</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Sud des Alpes</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>diamètre à hauteur de poitrine (10 classes)</t>
+    <t>diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
-    <t>essence principale</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>sapin</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>pin</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>mélèze</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>arole</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>autres résineux</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>hêtre</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>érable</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>frêne</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>chêne</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>châtaignier</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>autres feuillus</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>indéterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1296801/478551</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre total de tiges</t>
+      <t xml:space="preserve">numero totale di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diamètre à hauteur de poitrine (10 classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diamètre à hauteur de poitrine (DHP) des arbres et arbustes à partir de 12 cm de diamètre, en dix classes. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -825,52 +825,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -18414,51 +18414,51 @@
         <v>84268</v>
       </c>
       <c r="AD192" s="6">
         <v>4</v>
       </c>
       <c r="AE192" s="6">
         <v>557462</v>
       </c>
       <c r="AF192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:32" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1296801/478551</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
@@ -18474,226 +18474,226 @@
       <c r="V193" s="3"/>
       <c r="W193" s="3"/>
       <c r="X193" s="3"/>
       <c r="Y193" s="3"/>
       <c r="Z193" s="3"/>
       <c r="AA193" s="3"/>
       <c r="AB193" s="3"/>
       <c r="AC193" s="3"/>
       <c r="AD193" s="3"/>
       <c r="AE193" s="3"/>
       <c r="AF193" s="3"/>
     </row>
     <row r="196" spans="1:32">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre total de tiges</t>
+            <t xml:space="preserve">numero totale di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:32" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="199" spans="1:32">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diamètre à hauteur de poitrine (10 classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:32" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="202" spans="1:32">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:32" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:32">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:32" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="208" spans="1:32">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:32" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="211" spans="1:32">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:32" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>