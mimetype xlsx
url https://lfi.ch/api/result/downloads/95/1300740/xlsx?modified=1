--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>alte/basse quote · tipo di bosco (12 classi)</t>
+    <t>higher/lower altitude zone · forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,314 +172,314 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>alte/basse quote</t>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
-    <t>tipo di bosco (12 classi)</t>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
+    <t>inaccessible forest</t>
   </si>
   <si>
-    <t>arbusteto</t>
+    <t>shrub forest</t>
   </si>
   <si>
-    <t>superficie forestale perennemente non boscata</t>
+    <t>permanently unstocked forest area</t>
   </si>
   <si>
-    <t>striscia aperta nel soprassuolo e scarpata</t>
+    <t>forest aisle, embankment</t>
   </si>
   <si>
-    <t>soprassuolo perennemente aperto</t>
+    <t>permanently open stand</t>
   </si>
   <si>
-    <t>selva, arboricoltura</t>
+    <t>(nut) orchard, plantation</t>
   </si>
   <si>
-    <t>ceduo</t>
+    <t>coppice forest</t>
   </si>
   <si>
-    <t>ceduo composto</t>
+    <t>coppice with standards</t>
   </si>
   <si>
-    <t>fustaia a struttura disetanea</t>
+    <t>selection type high forest</t>
   </si>
   <si>
-    <t>fustaia irregolare</t>
+    <t>non-uniform high forest</t>
   </si>
   <si>
-    <t>rilevamento incompleto</t>
+    <t>incomplete survey</t>
   </si>
   <si>
-    <t>fustaia regolare</t>
+    <t>uniform high forest</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>basse quote</t>
+    <t>lower altitude zone</t>
   </si>
   <si>
-    <t>alte quote</t>
+    <t>higher altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1300740/482490</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (12 classi)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -831,52 +831,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10350,51 +10350,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ68" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA68" s="6">
         <v>100.0</v>
       </c>
       <c r="BB68" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1300740/482490</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -10432,226 +10432,226 @@
       <c r="AR69" s="3"/>
       <c r="AS69" s="3"/>
       <c r="AT69" s="3"/>
       <c r="AU69" s="3"/>
       <c r="AV69" s="3"/>
       <c r="AW69" s="3"/>
       <c r="AX69" s="3"/>
       <c r="AY69" s="3"/>
       <c r="AZ69" s="3"/>
       <c r="BA69" s="3"/>
       <c r="BB69" s="3"/>
     </row>
     <row r="72" spans="1:54">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="75" spans="1:54">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:54" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="78" spans="1:54">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (12 classi)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:54" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="81" spans="1:54">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:54" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="84" spans="1:54">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:54" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="87" spans="1:54">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:54" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>