--- v0 (2025-12-04)
+++ v1 (2026-01-25)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Nadelholz, Laubholz</t>
+    <t>fasce vegetazionali NaiS (6 classi) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,299 +172,299 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
-    <t>Nadelholz, Laubholz</t>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
+    <t>conifere</t>
   </si>
   <si>
-    <t>Laubholz</t>
+    <t>latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304473/486223</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -816,52 +816,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -7751,51 +7751,51 @@
         <v>26.6</v>
       </c>
       <c r="AZ52" s="6">
         <v>5</v>
       </c>
       <c r="BA52" s="6">
         <v>31.1</v>
       </c>
       <c r="BB52" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304473/486223</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
@@ -7833,226 +7833,226 @@
       <c r="AR53" s="3"/>
       <c r="AS53" s="3"/>
       <c r="AT53" s="3"/>
       <c r="AU53" s="3"/>
       <c r="AV53" s="3"/>
       <c r="AW53" s="3"/>
       <c r="AX53" s="3"/>
       <c r="AY53" s="3"/>
       <c r="AZ53" s="3"/>
       <c r="BA53" s="3"/>
       <c r="BB53" s="3"/>
     </row>
     <row r="56" spans="1:54">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:54" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="59" spans="1:54">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:54" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="62" spans="1:54">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:54" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="65" spans="1:54">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:54" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="68" spans="1:54">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="71" spans="1:54">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:54" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>