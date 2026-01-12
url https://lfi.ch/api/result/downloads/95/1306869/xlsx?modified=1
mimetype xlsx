--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,453 +14,453 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>numero di fusti del bosco giovane con brucatura diviso per numero di fusti del bosco giovane con rilievo della brucatura</t>
+    <t>number of stems of young forest plants with browsing damage divided by number of stems of young forest plants assessed for browsing</t>
   </si>
   <si>
-    <t>specie arborea principale del bosco giovane (conteggio) · classe di dimensione (bosco giovane; 5 classi)</t>
+    <t>main tree species in young forest (counting) · size classe (young forest; 5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale celle</t>
+      <t xml:space="preserve">: %, cell total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
+      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione di produzione</t>
+    <t>production region</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Prealpi</t>
+    <t>Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi</t>
+    <t>Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>specie arborea principale del bosco giovane (conteggio)</t>
+    <t>main tree species in young forest (counting)</t>
   </si>
   <si>
-    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+    <t>size classe (young forest; 5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>altezza 10-39 cm</t>
+    <t>height 10-39 cm</t>
   </si>
   <si>
-    <t>altezza 40-129 cm</t>
+    <t>height 40-129 cm</t>
   </si>
   <si>
-    <t>DPU 0-3.9 cm</t>
+    <t>DBH 0-3.9 cm</t>
   </si>
   <si>
-    <t>DPU 4-7.9 cm</t>
+    <t>DBH 4-7.9 cm</t>
   </si>
   <si>
-    <t>DPU 8-11.9 cm</t>
+    <t>DBH 8-11.9 cm</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>abete rosso</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>abete bianco</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>pino</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>larice</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>cembro</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>faggio</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>acero</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>frassino</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>quercia</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>castagno</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>specie non rilevate in tutti gli inventari</t>
+    <t>species not assessed in all inventories</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1306869/488619</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
+      <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #404</t>
     </r>
   </si>
   <si>
-    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stata constatata una morsicatura del getto dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
+    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height on which browsing on the shoot from the previous year was detected. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
+      <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #405</t>
     </r>
   </si>
   <si>
-    <t>Numero di alberi di conifere e latifoglie con un'altezza da 10 a 129 cm alle quali è stato valutato lo stato della gemma terminale dell'anno precedente. A causa di differenze nel metodo di rilevamento della brucatura, l'intensità della brucatura nell'IFN2 è stata sovrastimata rispetto al metodo utilizzato a partire dall'IFN4. Per questa ragione in comparazione all'IFN2, solamente gli aumenti di intensità della brucatura possono essere considerati come sicuri. Per una stima affidabile, dovrebbero essere stati valutati almeno 30 individui per ogni valore stimato (cella della tabella). Pertanto, è necessario consultare anche le tabelle corrispondenti con la variabile target "Numero di alberi con rilievo della brucatura (senza estrapolazione)".</t>
+    <t>Number of stems of conifers and broadleaves 10 to 129 cm in height for which the condition of the previous year's shoot was assessed with regard to browsing. Since a different method was used for assessing browsing traces in NFI2, the browsing intensity was overestimated in comparison with in the inventories from NFI4 on. Thus, only increases in browsing intensity can be clearly determined in comparisons with NFI2. For a reliable estimate, at least 30 individuals per estimated value (table cell) should have been assessed for browsing. Therefore, the corresponding tables with the target variable "Number of trees assessed for browsing (no extrapolation)" should also be consulted.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
+      <t xml:space="preserve">main tree species in young forest (counting)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
+    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
+      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
+      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -812,52 +812,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -5411,303 +5411,303 @@
         <v>31.2</v>
       </c>
       <c r="L117" s="6">
         <v>4.2</v>
       </c>
       <c r="M117" s="6">
         <v>14.6</v>
       </c>
       <c r="N117" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="118" spans="1:14" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1306869/488619</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
       <c r="N118" s="3"/>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti del bosco giovane con brucatura</t>
+            <t xml:space="preserve">number of stems of young forest plants with browsing damage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:14" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti del bosco giovane con rilievo della brucatura</t>
+            <t xml:space="preserve">number of stems of young forest plants assessed for browsing</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #405</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:14" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
+            <t xml:space="preserve">main tree species in young forest (counting)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:14" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
+            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:14" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:14" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
+            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:14" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:14" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>