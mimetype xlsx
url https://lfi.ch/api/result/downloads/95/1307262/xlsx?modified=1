--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume de bois mort des souches</t>
+  </si>
+  <si>
+    <t>propriété (2 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>publique</t>
+  </si>
+  <si>
+    <t>privée</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1307262/489012</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen der Stöcke</t>
+      <t xml:space="preserve">volume de bois mort des souches</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #395</t>
     </r>
   </si>
   <si>
-    <t>Volumen der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt.</t>
+    <t>Volume des souches d'au moins 7 cm de diamètre, c'est-à-dire de la partie aérienne d'arbres ou d'arbustes située en dessous du trait de coupe ou, en cas de chute naturelle, en dessous de la cassure. Une souche a une hauteur maximale de 1,3 m. Au-delà, elle est considérée comme un arbre sec sur pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">propriété (2 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Régime de propriété de la forêt, identifié à l'aide des deux classes «public» et «privé». Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1307262/489012</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen der Stöcke</t>
+            <t xml:space="preserve">volume de bois mort des souches</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #395</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">propriété (2 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>