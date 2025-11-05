--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume de bois mort des souches</t>
+  </si>
+  <si>
+    <t>propriété (2 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...2 lines deleted...]
-    <t>private</t>
+    <t>publique</t>
+  </si>
+  <si>
+    <t>privée</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1307268/489018</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume of stumps</t>
+      <t xml:space="preserve">volume de bois mort des souches</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #395</t>
     </r>
   </si>
   <si>
-    <t>Volume of stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag.</t>
+    <t>Volume des souches d'au moins 7 cm de diamètre, c'est-à-dire de la partie aérienne d'arbres ou d'arbustes située en dessous du trait de coupe ou, en cas de chute naturelle, en dessous de la cassure. Une souche a une hauteur maximale de 1,3 m. Au-delà, elle est considérée comme un arbre sec sur pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">propriété (2 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Régime de propriété de la forêt, identifié à l'aide des deux classes «public» et «privé». Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1307268/489018</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume of stumps</t>
+            <t xml:space="preserve">volume de bois mort des souches</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #395</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">propriété (2 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>