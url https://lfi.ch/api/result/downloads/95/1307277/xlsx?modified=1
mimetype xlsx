--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume de bois mort des souches</t>
+  </si>
+  <si>
+    <t>propriété (2 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>publique</t>
+  </si>
+  <si>
+    <t>privée</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1307277/489027</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen der Stöcke</t>
+      <t xml:space="preserve">volume de bois mort des souches</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #395</t>
     </r>
   </si>
   <si>
-    <t>Volumen der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt.</t>
+    <t>Volume des souches d'au moins 7 cm de diamètre, c'est-à-dire de la partie aérienne d'arbres ou d'arbustes située en dessous du trait de coupe ou, en cas de chute naturelle, en dessous de la cassure. Une souche a une hauteur maximale de 1,3 m. Au-delà, elle est considérée comme un arbre sec sur pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">propriété (2 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Régime de propriété de la forêt, identifié à l'aide des deux classes «public» et «privé». Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>713</v>
       </c>
       <c r="M16" s="6">
         <v>14</v>
       </c>
       <c r="N16" s="6">
         <v>14364</v>
       </c>
       <c r="O16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1307277/489027</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen der Stöcke</t>
+            <t xml:space="preserve">volume de bois mort des souches</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #395</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">propriété (2 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>