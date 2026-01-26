--- v0 (2026-01-25)
+++ v1 (2026-01-26)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1307345/489095</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1307345/489095</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>