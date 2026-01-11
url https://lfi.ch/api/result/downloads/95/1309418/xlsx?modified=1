--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against avalanches (2022) · proportion of sanitary/salvage fellings</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022) · proporzione di utilizzazioni forzate</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,287 +172,287 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...5 lines deleted...]
-    <t>proportion of sanitary/salvage fellings</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022)</t>
+  </si>
+  <si>
+    <t>proporzione di utilizzazioni forzate</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>1-50%</t>
   </si>
   <si>
     <t>&gt;50%</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>outside</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1309418/491168</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against avalanches (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of sanitary/salvage fellings</t>
+      <t xml:space="preserve">proporzione di utilizzazioni forzate</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326</t>
     </r>
   </si>
   <si>
-    <t>Percentage of sanitary/salvage fellings in total fellings - in three classes. Reference: Forest Service Survey (MID 344: Anteil Zwangsnutzung)</t>
+    <t>Proporzione delle utilizzazioni forzate rispetto alle utilizzazioni totali. Fonte: inchiesta presso il servizio forestale (MID 344: Anteil Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,52 +804,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4491,51 +4491,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ32" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA32" s="6">
         <v>100.0</v>
       </c>
       <c r="BB32" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:54" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1309418/491168</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -4573,226 +4573,226 @@
       <c r="AR33" s="3"/>
       <c r="AS33" s="3"/>
       <c r="AT33" s="3"/>
       <c r="AU33" s="3"/>
       <c r="AV33" s="3"/>
       <c r="AW33" s="3"/>
       <c r="AX33" s="3"/>
       <c r="AY33" s="3"/>
       <c r="AZ33" s="3"/>
       <c r="BA33" s="3"/>
       <c r="BB33" s="3"/>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against avalanches (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:54" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of sanitary/salvage fellings</t>
+            <t xml:space="preserve">proporzione di utilizzazioni forzate</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:54">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:54" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>