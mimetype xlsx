--- v0 (2025-12-24)
+++ v1 (2026-02-13)
@@ -17,341 +17,341 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>funzione di ricreazione</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de récréation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1314567/496317</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di ricreazione</t>
+      <t xml:space="preserve">fonction de récréation</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #471</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «ricreazione» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «récréation» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1314567/496317</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di ricreazione</t>
+            <t xml:space="preserve">fonction de récréation</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #471</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>