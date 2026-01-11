--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>quota (classi di 400 m) · pendenza (classi di 20%)</t>
+    <t>Höhenlage (400-m-Klassen) · Neigung (20%-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,305 +172,305 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>quota (classi di 400 m)</t>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
-    <t>pendenza (classi di 20%)</t>
+    <t>Neigung (20%-Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>fino al 20%</t>
+    <t>bis 20 %</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
-    <t>601-1000 m</t>
+    <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1316167/497917</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quota (classi di 400 m)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">pendenza (classi di 20%)</t>
+      <t xml:space="preserve">Neigung (20%-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
+    <t>Hangneigung in Klassen zu 20%. Grundlage: digitales Höhenmodell DHm²5 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -825,52 +825,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10350,51 +10350,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ68" s="7" t="s">
         <v>40</v>
       </c>
       <c r="BA68" s="7">
         <v>100.0</v>
       </c>
       <c r="BB68" s="7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1316167/497917</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -10432,226 +10432,226 @@
       <c r="AR69" s="3"/>
       <c r="AS69" s="3"/>
       <c r="AT69" s="3"/>
       <c r="AU69" s="3"/>
       <c r="AV69" s="3"/>
       <c r="AW69" s="3"/>
       <c r="AX69" s="3"/>
       <c r="AY69" s="3"/>
       <c r="AZ69" s="3"/>
       <c r="BA69" s="3"/>
       <c r="BB69" s="3"/>
     </row>
     <row r="72" spans="1:54">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:54">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quota (classi di 400 m)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:54" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="78" spans="1:54">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">pendenza (classi di 20%)</t>
+            <t xml:space="preserve">Neigung (20%-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:54" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:54">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:54" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="84" spans="1:54">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:54" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="87" spans="1:54">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:54" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>