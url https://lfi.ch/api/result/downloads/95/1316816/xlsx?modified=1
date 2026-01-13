--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,430 +14,430 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>altitude (in 400 m classes) · slope (in 20% classes)</t>
+    <t>quota (classi di 400 m) · pendenza (classi di 20%)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>altitude (in 400 m classes)</t>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
-    <t>slope (in 20% classes)</t>
+    <t>pendenza (classi di 20%)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>to 20%</t>
+    <t>fino al 20%</t>
   </si>
   <si>
     <t>21-40 %</t>
   </si>
   <si>
     <t>41-60 %</t>
   </si>
   <si>
     <t>61-80 %</t>
   </si>
   <si>
     <t>81-100 %</t>
   </si>
   <si>
     <t>&gt;100%</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
     <t>1001-1400 m</t>
   </si>
   <si>
-    <t xml:space="preserve">601-1000 m </t>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1316816/498566</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">slope (in 20% classes)</t>
+      <t xml:space="preserve">pendenza (classi di 20%)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1083</t>
     </r>
   </si>
   <si>
-    <t>Slope in classes of 20%. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Pendenza in classi di 20%. Fonte: modello digitale DHm²5 di Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -792,52 +792,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6467,51 +6467,51 @@
         <v>100.0</v>
       </c>
       <c r="AD68" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE68" s="7">
         <v>100.0</v>
       </c>
       <c r="AF68" s="7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:32" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1316816/498566</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -6527,226 +6527,226 @@
       <c r="V69" s="3"/>
       <c r="W69" s="3"/>
       <c r="X69" s="3"/>
       <c r="Y69" s="3"/>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="3"/>
       <c r="AC69" s="3"/>
       <c r="AD69" s="3"/>
       <c r="AE69" s="3"/>
       <c r="AF69" s="3"/>
     </row>
     <row r="72" spans="1:32">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="75" spans="1:32">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:32" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:32">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">slope (in 20% classes)</t>
+            <t xml:space="preserve">pendenza (classi di 20%)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1083</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:32" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="81" spans="1:32">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:32" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:32">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:32" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="87" spans="1:32">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:32" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>