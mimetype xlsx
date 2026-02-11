--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale secondo la funzione del bosco diviso per superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione del bosco</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine spezielle Waldfunktion</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>nessuna funzione particolare del bosco</t>
+  </si>
+  <si>
+    <t>produzione di legname</t>
+  </si>
+  <si>
+    <t>uso agricolo</t>
+  </si>
+  <si>
+    <t>protezione frangivento</t>
+  </si>
+  <si>
+    <t>protezione delle acque potabili</t>
+  </si>
+  <si>
+    <t>protezione contro i pericoli naturali</t>
+  </si>
+  <si>
+    <t>protezione della natura</t>
+  </si>
+  <si>
+    <t>protezione del paesaggio</t>
+  </si>
+  <si>
+    <t>protezione della selvaggina</t>
+  </si>
+  <si>
+    <t>ricreazione</t>
+  </si>
+  <si>
+    <t>uso militare</t>
+  </si>
+  <si>
+    <t>serbatoio di carbonio</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317473/499223</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche nach Waldfunktion</t>
+      <t xml:space="preserve">superficie forestale secondo la funzione del bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #262</t>
     </r>
   </si>
   <si>
-    <t>Waldfläche, aufgegliedert nach ihren Funktionen (inkl. «keine spezielle Waldfunktion»), wie sie im Rahmen der Forstdienstbefragung ermittelt wird. Ein Waldgebiet kann gleichzeitig mehrere Waldfunktionen erfüllen. Damit kann es zur Waldfläche mehrerer Waldfunktionen beitragen.</t>
+    <t>Superficie forestale suddivisa secondo le funzioni del bosco (compresa la categoria «nessuna funzione particolare»), così come determinata nel quadro della inchiesta presso il servizio forestale. Una zona boschiva può svolgere diverse funzioni forestali allo stesso tempo. Può dunque essere contata per la stima della superficie forestale di diverse funzioni del bosco.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion</t>
+      <t xml:space="preserve">funzione del bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2004</t>
     </r>
   </si>
   <si>
-    <t>Waldfunktionen mit erheblicher lokaler Bedeutung gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Es sind gleichzeitig mehrere Waldfunktionen von erheblicher lokaler Bedeutung möglich. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Funzioni del bosco con una significativa importanza locale in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Sono possibili più funzioni di importanza locale significativa contemporaneamente. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,51 +762,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1587,270 +1587,270 @@
         <v>19</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317473/499223</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche nach Waldfunktion</t>
+            <t xml:space="preserve">superficie forestale secondo la funzione del bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #262</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion</t>
+            <t xml:space="preserve">funzione del bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2004</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:15" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>