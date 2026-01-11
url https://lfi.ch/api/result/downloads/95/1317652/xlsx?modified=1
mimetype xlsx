--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>proportion of sanitary/salvage fellings · reason for sanitary/salvage felling (forest area classifier)</t>
+    <t>Zwangsnutzungsanteil · Ursache der Zwangsnutzung (Flächenmerkmal)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,317 +172,317 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>proportion of sanitary/salvage fellings</t>
+    <t>Zwangsnutzungsanteil</t>
   </si>
   <si>
-    <t>reason for sanitary/salvage felling (forest area classifier)</t>
+    <t>Ursache der Zwangsnutzung (Flächenmerkmal)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no sanitary/salvage felling</t>
+    <t>keine Zwangsnutzung hat stattgefunden</t>
   </si>
   <si>
-    <t>insects</t>
+    <t>Insekten</t>
   </si>
   <si>
-    <t>fungi</t>
+    <t>Pilze</t>
   </si>
   <si>
-    <t>wind</t>
+    <t>Wind</t>
   </si>
   <si>
-    <t>snow load</t>
+    <t>Schneelast</t>
   </si>
   <si>
-    <t>avalanche</t>
+    <t>Lawine</t>
   </si>
   <si>
-    <t>debris flow, landslide</t>
+    <t>Murgang, Rutschung</t>
   </si>
   <si>
-    <t>flood</t>
+    <t>Hochwasser</t>
   </si>
   <si>
-    <t>forest fire</t>
+    <t>Waldbrand</t>
   </si>
   <si>
-    <t>other causes</t>
+    <t>andere Ursachen</t>
   </si>
   <si>
-    <t>loss of vitality due to drought</t>
+    <t>Vitalitätsverlust durch Trockenheit</t>
   </si>
   <si>
-    <t>other loss of vitality</t>
+    <t>übriger Vitalitätsverlust</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>1-50%</t>
   </si>
   <si>
     <t>&gt;50%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317652/499402</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of sanitary/salvage fellings</t>
+      <t xml:space="preserve">Zwangsnutzungsanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326</t>
     </r>
   </si>
   <si>
-    <t>Percentage of sanitary/salvage fellings in total fellings - in three classes. Reference: Forest Service Survey (MID 344: Anteil Zwangsnutzung)</t>
+    <t>Anteil der Zwangsnutzungen an der Gesamtnutzung in drei Klassen. Grundlage: Forstdienstbefragung (MID 344: Anteil Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
+      <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -834,52 +834,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -12623,51 +12623,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ82" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA82" s="6">
         <v>100.0</v>
       </c>
       <c r="BB82" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:54" customHeight="1" ht="21.75">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317652/499402</t>
           </r>
         </is>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
@@ -12705,226 +12705,226 @@
       <c r="AR83" s="3"/>
       <c r="AS83" s="3"/>
       <c r="AT83" s="3"/>
       <c r="AU83" s="3"/>
       <c r="AV83" s="3"/>
       <c r="AW83" s="3"/>
       <c r="AX83" s="3"/>
       <c r="AY83" s="3"/>
       <c r="AZ83" s="3"/>
       <c r="BA83" s="3"/>
       <c r="BB83" s="3"/>
     </row>
     <row r="86" spans="1:54">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:54" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="89" spans="1:54">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of sanitary/salvage fellings</t>
+            <t xml:space="preserve">Zwangsnutzungsanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:54" customHeight="1" ht="29">
       <c r="A90" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="92" spans="1:54">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
+            <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:54" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="95" spans="1:54">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:54" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="98" spans="1:54">
       <c r="A98" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="99" spans="1:54" customHeight="1" ht="29">
       <c r="A99" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="101" spans="1:54">
       <c r="A101" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:54" customHeight="1" ht="29">
       <c r="A102" s="1" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>