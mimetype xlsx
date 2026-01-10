--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proporzione di utilizzazioni forzate · causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Zwangsnutzungsanteil · Ursache der Zwangsnutzung (Flächenmerkmal)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Zwangsnutzungsanteil</t>
+  </si>
+  <si>
+    <t>Ursache der Zwangsnutzung (Flächenmerkmal)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna utilizzazione forzata ha avuto luogo</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>keine Zwangsnutzung hat stattgefunden</t>
+  </si>
+  <si>
+    <t>Insekten</t>
+  </si>
+  <si>
+    <t>Pilze</t>
+  </si>
+  <si>
+    <t>Wind</t>
+  </si>
+  <si>
+    <t>Schneelast</t>
+  </si>
+  <si>
+    <t>Lawine</t>
+  </si>
+  <si>
+    <t>Murgang, Rutschung</t>
+  </si>
+  <si>
+    <t>Hochwasser</t>
+  </si>
+  <si>
+    <t>Waldbrand</t>
+  </si>
+  <si>
+    <t>andere Ursachen</t>
+  </si>
+  <si>
+    <t>Vitalitätsverlust durch Trockenheit</t>
+  </si>
+  <si>
+    <t>übriger Vitalitätsverlust</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>1-50%</t>
   </si>
   <si>
     <t>&gt;50%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317658/499408</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di utilizzazioni forzate</t>
+      <t xml:space="preserve">Zwangsnutzungsanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione delle utilizzazioni forzate rispetto alle utilizzazioni totali. Fonte: inchiesta presso il servizio forestale (MID 344: Anteil Zwangsnutzung)</t>
+    <t>Anteil der Zwangsnutzungen an der Gesamtnutzung in drei Klassen. Grundlage: Forstdienstbefragung (MID 344: Anteil Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+      <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Causa principale dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -4320,270 +4320,270 @@
         <v>100.0</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O82" s="6">
         <v>100.0</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="21.75">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317658/499408</t>
           </r>
         </is>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
       <c r="M83" s="3"/>
       <c r="N83" s="3"/>
       <c r="O83" s="3"/>
       <c r="P83" s="3"/>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di utilizzazioni forzate</t>
+            <t xml:space="preserve">Zwangsnutzungsanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="29">
       <c r="A90" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+            <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="29">
       <c r="A99" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="29">
       <c r="A102" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>