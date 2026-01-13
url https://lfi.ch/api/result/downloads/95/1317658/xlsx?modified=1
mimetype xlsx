--- v1 (2026-01-10)
+++ v2 (2026-01-13)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Zwangsnutzungsanteil · Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>proportion of sanitary/salvage fellings · reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>proportion of sanitary/salvage fellings</t>
+  </si>
+  <si>
+    <t>reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Zwangsnutzung hat stattgefunden</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>no sanitary/salvage felling</t>
+  </si>
+  <si>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi</t>
+  </si>
+  <si>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>other causes</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>1-50%</t>
   </si>
   <si>
     <t>&gt;50%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317658/499408</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zwangsnutzungsanteil</t>
+      <t xml:space="preserve">proportion of sanitary/salvage fellings</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Zwangsnutzungen an der Gesamtnutzung in drei Klassen. Grundlage: Forstdienstbefragung (MID 344: Anteil Zwangsnutzung)</t>
+    <t>Percentage of sanitary/salvage fellings in total fellings - in three classes. Reference: Forest Service Survey (MID 344: Anteil Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -4320,270 +4320,270 @@
         <v>100.0</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O82" s="6">
         <v>100.0</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="21.75">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317658/499408</t>
           </r>
         </is>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
       <c r="M83" s="3"/>
       <c r="N83" s="3"/>
       <c r="O83" s="3"/>
       <c r="P83" s="3"/>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zwangsnutzungsanteil</t>
+            <t xml:space="preserve">proportion of sanitary/salvage fellings</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="29">
       <c r="A90" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Zwangsnutzung (Flächenmerkmal)</t>
+            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="29">
       <c r="A99" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="29">
       <c r="A102" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>