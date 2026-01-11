--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>gruppo di specie arboree predominanti · età del popolamento (classi di 40 anni)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>vorherrschende Baumartengruppe · Bestandesalter (40-Jahres-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>età del popolamento (classi di 40 anni)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>vorherrschende Baumartengruppe</t>
+  </si>
+  <si>
+    <t>Bestandesalter (40-Jahres-Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0 (non boscata)</t>
-[...26 lines deleted...]
-    <t>latifoglie</t>
+    <t>0 (unbestockt)</t>
+  </si>
+  <si>
+    <t>1-40 Jahre</t>
+  </si>
+  <si>
+    <t>41-80 Jahre</t>
+  </si>
+  <si>
+    <t>81-120 Jahre</t>
+  </si>
+  <si>
+    <t>121-160 Jahre</t>
+  </si>
+  <si>
+    <t>&gt;160 Jahre</t>
+  </si>
+  <si>
+    <t>ungleichaltrig</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1322322/504072</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">gruppo di specie arboree predominanti</t>
+      <t xml:space="preserve">vorherrschende Baumartengruppe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #566</t>
     </r>
   </si>
   <si>
-    <t>Gruppo di specie arboree (conifere o latifoglie) con l'area basimetrica più grande. Per calcolarlo vengono presi in considerazione gli alberi e gli arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Baumartengruppe (Nadelholz oder Laubholz) mit der grösseren Basalfläche. Für die Berechnung berücksichtigt wurden die stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Grundlage: Feldaufnahme (MID 1018: Baumzustand, MID 50: Baumart, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">età del popolamento (classi di 40 anni)</t>
+      <t xml:space="preserve">Bestandesalter (40-Jahres-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1264</t>
     </r>
   </si>
   <si>
-    <t>Età del popolamento in classi di 40 anni. Fonte: rilievo sul terreno (MID 264: Bestandesalter)</t>
+    <t>Alter des Bestandes in Klassen zu 40 Jahren. Grundlage: Feldaufnahme (MID 264: Bestandesalter)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2435,268 +2435,268 @@
         <v>100.0</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="6">
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1322322/504072</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">gruppo di specie arboree predominanti</t>
+            <t xml:space="preserve">vorherrschende Baumartengruppe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #566</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:14" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">età del popolamento (classi di 40 anni)</t>
+            <t xml:space="preserve">Bestandesalter (40-Jahres-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1264</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:14" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>