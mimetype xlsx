--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,451 +14,451 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · forest type (12 classes)</t>
+    <t>fasce vegetazionali NaiS (6 classi) · tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
-    <t>forest type (12 classes)</t>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
+    <t>bosco non accessibile</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t>arbusteto</t>
   </si>
   <si>
-    <t>permanently unstocked forest area</t>
+    <t>superficie forestale perennemente non boscata</t>
   </si>
   <si>
-    <t>forest aisle, embankment</t>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
   </si>
   <si>
-    <t>permanently open stand</t>
+    <t>soprassuolo perennemente aperto</t>
   </si>
   <si>
-    <t>(nut) orchard, plantation</t>
+    <t>selva, arboricoltura</t>
   </si>
   <si>
-    <t>coppice forest</t>
+    <t>ceduo</t>
   </si>
   <si>
-    <t>coppice with standards</t>
+    <t>ceduo composto</t>
   </si>
   <si>
-    <t>selection type high forest</t>
+    <t>fustaia a struttura disetanea</t>
   </si>
   <si>
-    <t>non-uniform high forest</t>
+    <t>fustaia irregolare</t>
   </si>
   <si>
-    <t>incomplete survey</t>
+    <t>rilevamento incompleto</t>
   </si>
   <si>
-    <t>uniform high forest</t>
+    <t>fustaia regolare</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1324023/505773</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -810,52 +810,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -11863,51 +11863,51 @@
         <v>100.0</v>
       </c>
       <c r="AD124" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE124" s="6">
         <v>100.0</v>
       </c>
       <c r="AF124" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="125" spans="1:32" customHeight="1" ht="21.75">
       <c r="A125" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1324023/505773</t>
           </r>
         </is>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3"/>
       <c r="K125" s="3"/>
       <c r="L125" s="3"/>
@@ -11923,226 +11923,226 @@
       <c r="V125" s="3"/>
       <c r="W125" s="3"/>
       <c r="X125" s="3"/>
       <c r="Y125" s="3"/>
       <c r="Z125" s="3"/>
       <c r="AA125" s="3"/>
       <c r="AB125" s="3"/>
       <c r="AC125" s="3"/>
       <c r="AD125" s="3"/>
       <c r="AE125" s="3"/>
       <c r="AF125" s="3"/>
     </row>
     <row r="128" spans="1:32">
       <c r="A128" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="129" spans="1:32" customHeight="1" ht="29">
       <c r="A129" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="131" spans="1:32">
       <c r="A131" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="132" spans="1:32" customHeight="1" ht="29">
       <c r="A132" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="134" spans="1:32">
       <c r="A134" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="135" spans="1:32" customHeight="1" ht="29">
       <c r="A135" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="137" spans="1:32">
       <c r="A137" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="138" spans="1:32" customHeight="1" ht="29">
       <c r="A138" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="140" spans="1:32">
       <c r="A140" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="141" spans="1:32" customHeight="1" ht="29">
       <c r="A141" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="143" spans="1:32">
       <c r="A143" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="144" spans="1:32" customHeight="1" ht="29">
       <c r="A144" s="1" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>