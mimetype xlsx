--- v0 (2026-01-10)
+++ v1 (2026-01-15)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi) · tipo di bosco (12 classi)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione di produzione</t>
+    <t>production region</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Prealpi</t>
+    <t>Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi</t>
+    <t>Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
-    <t>tipo di bosco (12 classi)</t>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
+    <t>inaccessible forest</t>
   </si>
   <si>
-    <t>arbusteto</t>
+    <t>shrub forest</t>
   </si>
   <si>
-    <t>superficie forestale perennemente non boscata</t>
+    <t>permanently unstocked forest area</t>
   </si>
   <si>
-    <t>striscia aperta nel soprassuolo e scarpata</t>
+    <t>forest aisle, embankment</t>
   </si>
   <si>
-    <t>soprassuolo perennemente aperto</t>
+    <t>permanently open stand</t>
   </si>
   <si>
-    <t>selva, arboricoltura</t>
+    <t>(nut) orchard, plantation</t>
   </si>
   <si>
-    <t>ceduo</t>
+    <t>coppice forest</t>
   </si>
   <si>
-    <t>ceduo composto</t>
+    <t>coppice with standards</t>
   </si>
   <si>
-    <t>fustaia a struttura disetanea</t>
+    <t>selection type high forest</t>
   </si>
   <si>
-    <t>fustaia irregolare</t>
+    <t>non-uniform high forest</t>
   </si>
   <si>
-    <t>rilevamento incompleto</t>
+    <t>incomplete survey</t>
   </si>
   <si>
-    <t>fustaia regolare</t>
+    <t>uniform high forest</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
+    <t>upper subalpine</t>
   </si>
   <si>
-    <t>subalpina</t>
+    <t>subalpine</t>
   </si>
   <si>
-    <t>altimontana</t>
+    <t>high-montane</t>
   </si>
   <si>
-    <t>montana inferiore e superiore</t>
+    <t>lower and upper montane</t>
   </si>
   <si>
-    <t>submontana</t>
+    <t>submontane</t>
   </si>
   <si>
-    <t>iperinsubrica e collinare</t>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1324222/505972</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (12 classi)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -5662,268 +5662,268 @@
         <v>100.0</v>
       </c>
       <c r="L124" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M124" s="6">
         <v>100.0</v>
       </c>
       <c r="N124" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:14" customHeight="1" ht="21.75">
       <c r="A125" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1324222/505972</t>
           </r>
         </is>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
       <c r="I125" s="3"/>
       <c r="J125" s="3"/>
       <c r="K125" s="3"/>
       <c r="L125" s="3"/>
       <c r="M125" s="3"/>
       <c r="N125" s="3"/>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="129" spans="1:14" customHeight="1" ht="29">
       <c r="A129" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="132" spans="1:14" customHeight="1" ht="29">
       <c r="A132" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (12 classi)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="135" spans="1:14" customHeight="1" ht="29">
       <c r="A135" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="138" spans="1:14" customHeight="1" ht="29">
       <c r="A138" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="141" spans="1:14" customHeight="1" ht="29">
       <c r="A141" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="144" spans="1:14" customHeight="1" ht="29">
       <c r="A144" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>