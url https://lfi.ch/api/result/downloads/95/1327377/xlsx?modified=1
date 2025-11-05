--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2009/17</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1327377/509127</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>31.5</v>
       </c>
       <c r="AC16" s="6">
         <v>3</v>
       </c>
       <c r="AD16" s="6">
         <v>32.6</v>
       </c>
       <c r="AE16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1327377/509127</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>