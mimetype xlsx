--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2009/17</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1327379/509129</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>31.5</v>
       </c>
       <c r="M16" s="6">
         <v>3</v>
       </c>
       <c r="N16" s="6">
         <v>32.6</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1327379/509129</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>