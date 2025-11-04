--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>IFN1</t>
-[...5 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Schaftholz) LFI1</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>état 1983/85</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331022/512772</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume de bois mort (bois de tige) IFN1</t>
+      <t xml:space="preserve">Totholzvolumen (Schaftholz) LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #249</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige en écorce de tous les arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
+    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>130</v>
       </c>
       <c r="AY17" s="6">
         <v>25</v>
       </c>
       <c r="AZ17" s="6">
         <v>5578</v>
       </c>
       <c r="BA17" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331022/512772</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume de bois mort (bois de tige) IFN1</t>
+            <t xml:space="preserve">Totholzvolumen (Schaftholz) LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #249</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>