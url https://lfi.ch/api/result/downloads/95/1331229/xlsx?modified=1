--- v0 (2025-12-04)
+++ v1 (2026-03-04)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>million kg</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1331229/512979</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,64 +733,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1558,235 +1558,235 @@
         <v>264</v>
       </c>
       <c r="M26" s="6">
         <v>13</v>
       </c>
       <c r="N26" s="6">
         <v>5001</v>
       </c>
       <c r="O26" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1331229/512979</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>