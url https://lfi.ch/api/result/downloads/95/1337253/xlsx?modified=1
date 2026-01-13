--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Trinkwassereinzugsgebiet · Waldtyp (3 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>zona di alimentazione di sorgenti di acqua potabile · tipo di bosco (3 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Waldtyp (3 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>zona di alimentazione di sorgenti di acqua potabile</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zugänglicher Wald ohne Gebüschwald</t>
-[...14 lines deleted...]
-    <t>im Einzugsgebiet</t>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>fuori dalla zona di alimentazione</t>
+  </si>
+  <si>
+    <t>all'interno della zona di alimentazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1337253/519009</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
+      <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Lage inner- oder ausserhalb des Einzugsgebiets einer Quelle, deren Wasser direkt und ungefiltert der Trinkwasserversorgung zugeleitet oder zumindest zeit- oder teilweise als Trinkwasser für Menschen genutzt wird. Grundlage: Forstdienstbefragung (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Ubicazione all'interno o all'esterno di una zona di alimentazione di una sorgente, la cui acqua viene immessa direttamente e non filtrata nella rete di distribuzione dell'acqua potabile o viene utilizzata almeno temporaneamente o parzialmente come acqua potabile dagli esseri umani. Fonte: inchiesta presso il servizio forestale (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>124.9</v>
       </c>
       <c r="N32" s="6">
         <v>3</v>
       </c>
       <c r="O32" s="6">
         <v>1049.5</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1337253/519009</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
+            <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>