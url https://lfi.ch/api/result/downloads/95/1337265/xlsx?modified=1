--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>drinking-water catchment area · forest type (3 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Trinkwassereinzugsgebiet · Waldtyp (3 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>forest type (3 classes)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Trinkwassereinzugsgebiet</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>accessible forest without shrub forest</t>
-[...14 lines deleted...]
-    <t>inside catchment area</t>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>nicht im Einzugsgebiet</t>
+  </si>
+  <si>
+    <t>im Einzugsgebiet</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1337265/519021</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">drinking-water catchment area</t>
+      <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Location inside or outside the catchment area of a spring whose water is fed either directly and unfiltered into the drinking-water supply, or is used at least temporarily or partially as drinking water for the public. Reference: Forest Service Survey (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Lage inner- oder ausserhalb des Einzugsgebiets einer Quelle, deren Wasser direkt und ungefiltert der Trinkwasserversorgung zugeleitet oder zumindest zeit- oder teilweise als Trinkwasser für Menschen genutzt wird. Grundlage: Forstdienstbefragung (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>152.5</v>
       </c>
       <c r="N32" s="6">
         <v>2</v>
       </c>
       <c r="O32" s="6">
         <v>1176.4</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1337265/519021</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">drinking-water catchment area</t>
+            <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>