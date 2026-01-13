--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Trinkwassereinzugsgebiet · Waldtyp (3 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>zona di alimentazione di sorgenti di acqua potabile · tipo di bosco (3 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Waldtyp (3 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>zona di alimentazione di sorgenti di acqua potabile</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zugänglicher Wald ohne Gebüschwald</t>
-[...14 lines deleted...]
-    <t>im Einzugsgebiet</t>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>fuori dalla zona di alimentazione</t>
+  </si>
+  <si>
+    <t>all'interno della zona di alimentazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1337265/519021</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
+      <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Lage inner- oder ausserhalb des Einzugsgebiets einer Quelle, deren Wasser direkt und ungefiltert der Trinkwasserversorgung zugeleitet oder zumindest zeit- oder teilweise als Trinkwasser für Menschen genutzt wird. Grundlage: Forstdienstbefragung (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Ubicazione all'interno o all'esterno di una zona di alimentazione di una sorgente, la cui acqua viene immessa direttamente e non filtrata nella rete di distribuzione dell'acqua potabile o viene utilizzata almeno temporaneamente o parzialmente come acqua potabile dagli esseri umani. Fonte: inchiesta presso il servizio forestale (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>152.5</v>
       </c>
       <c r="N32" s="6">
         <v>2</v>
       </c>
       <c r="O32" s="6">
         <v>1176.4</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1337265/519021</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
+            <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>